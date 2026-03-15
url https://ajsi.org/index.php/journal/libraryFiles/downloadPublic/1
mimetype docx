--- v0 (2025-11-21)
+++ v1 (2026-03-15)
@@ -1,687 +1,871 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
-  <Default Extension="wdp" ContentType="image/vnd.ms-photo"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="40F0EC94" w14:textId="5930A29E" w:rsidR="00AD2AB8" w:rsidRDefault="00AD2AB8">
-[...1 lines deleted...]
-        <w:pStyle w:val="BodyText"/>
+    <w:p w14:paraId="40F0EC94" w14:textId="5783F9FC" w:rsidR="00AD2AB8" w:rsidRDefault="006F3C43" w:rsidP="006F3C43">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1039"/>
+        </w:tabs>
         <w:spacing w:before="5"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="25"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w14:paraId="75B0BA76" w14:textId="6205BA0E" w:rsidR="00AD2AB8" w:rsidRPr="00E145CB" w:rsidRDefault="001B0D80" w:rsidP="00E145CB">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="25"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75B0BA76" w14:textId="077310C7" w:rsidR="00AD2AB8" w:rsidRPr="00E145CB" w:rsidRDefault="001B0D80" w:rsidP="00E145CB">
       <w:pPr>
         <w:spacing w:before="73"/>
         <w:ind w:left="6902" w:right="724" w:hanging="665"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E145CB">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="919496"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                     </w:t>
       </w:r>
       <w:r w:rsidRPr="00E145CB">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>RESEARCH ARTICLE</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="17EE32C3" w14:textId="77777777" w:rsidR="00AD2AB8" w:rsidRDefault="00AD2AB8">
+    <w:p w14:paraId="17EE32C3" w14:textId="568F1FC0" w:rsidR="00AD2AB8" w:rsidRDefault="00AD2AB8">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="281E19EA" w14:textId="77777777" w:rsidR="00AD2AB8" w:rsidRDefault="00AD2AB8">
+    <w:p w14:paraId="281E19EA" w14:textId="2FB13ED8" w:rsidR="00AD2AB8" w:rsidRDefault="00AD2AB8">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="25D4ECE4" w14:textId="3CC65FD0" w:rsidR="00AD2AB8" w:rsidRDefault="00AD2AB8">
-[...5 lines deleted...]
-    <w:p w14:paraId="4041914D" w14:textId="2156954B" w:rsidR="00A65ADB" w:rsidRPr="00295276" w:rsidRDefault="008A2DC9" w:rsidP="00660EC9">
+    <w:p w14:paraId="25D4ECE4" w14:textId="7F906E27" w:rsidR="00AD2AB8" w:rsidRDefault="00AD2AB8">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="5"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4041914D" w14:textId="639B4217" w:rsidR="00A65ADB" w:rsidRPr="00295276" w:rsidRDefault="0091167A" w:rsidP="00660EC9">
       <w:pPr>
         <w:spacing w:before="37"/>
         <w:ind w:left="2552" w:right="724"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="009EDE"/>
           <w:sz w:val="36"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...70 lines deleted...]
-      <w:r w:rsidR="00295276">
+      <w:r w:rsidRPr="0091167A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="009EDE"/>
           <w:spacing w:val="-3"/>
           <w:w w:val="110"/>
           <w:sz w:val="36"/>
         </w:rPr>
-        <w:t>Mo</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00A65ADB" w:rsidRPr="00295276">
+        <w:t xml:space="preserve">Digital Marketing </w:t>
+      </w:r>
+      <w:r w:rsidR="00A849FB" w:rsidRPr="0091167A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="009EDE"/>
           <w:spacing w:val="-3"/>
           <w:w w:val="110"/>
           <w:sz w:val="36"/>
         </w:rPr>
-        <w:t>lecular Docking of Polyphenol Compounds from Anacardium occidentale with Alpha-Glucosidase and Dipeptidyl-Peptidase-4 Enzymes</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="2E700A08" w14:textId="321AE0A9" w:rsidR="00A65ADB" w:rsidRPr="00E145CB" w:rsidRDefault="000F4A86" w:rsidP="00660EC9">
+        <w:t xml:space="preserve">as A </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0091167A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="009EDE"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="110"/>
+          <w:sz w:val="36"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Strategic Catalyst </w:t>
+      </w:r>
+      <w:r w:rsidR="00A849FB" w:rsidRPr="0091167A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="009EDE"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="110"/>
+          <w:sz w:val="36"/>
+        </w:rPr>
+        <w:t xml:space="preserve">for </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0091167A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="009EDE"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="110"/>
+          <w:sz w:val="36"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Competitiveness </w:t>
+      </w:r>
+      <w:r w:rsidR="00A849FB" w:rsidRPr="0091167A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="009EDE"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="110"/>
+          <w:sz w:val="36"/>
+        </w:rPr>
+        <w:t xml:space="preserve">in The </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0091167A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="009EDE"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="110"/>
+          <w:sz w:val="36"/>
+        </w:rPr>
+        <w:t>Global Rare Earth Metals Sector</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4465238A" w14:textId="5381F618" w:rsidR="00E52FDD" w:rsidRPr="00E145CB" w:rsidRDefault="00E52FDD" w:rsidP="00E52FDD">
       <w:pPr>
         <w:spacing w:before="143"/>
         <w:ind w:left="2552" w:right="724"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F4A86">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:w w:val="110"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve">Author Name </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidR="00E145CB">
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:w w:val="110"/>
           <w:sz w:val="21"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>a,</w:t>
       </w:r>
-      <w:r w:rsidR="00A65ADB" w:rsidRPr="00E145CB">
+      <w:r w:rsidRPr="00E145CB">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:w w:val="110"/>
           <w:sz w:val="21"/>
         </w:rPr>
-        <w:t>*</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="00A65ADB" w:rsidRPr="00E145CB">
+        <w:t xml:space="preserve"> , </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F4A86">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:w w:val="110"/>
           <w:sz w:val="21"/>
         </w:rPr>
-        <w:t xml:space="preserve">, </w:t>
-[...7 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">Author Name </w:t>
       </w:r>
-      <w:r w:rsidR="00E145CB">
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:w w:val="110"/>
           <w:sz w:val="21"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidR="00A65ADB" w:rsidRPr="00E145CB">
+      <w:r w:rsidRPr="00E145CB">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:w w:val="110"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="000F4A86">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:w w:val="110"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve">Author Name </w:t>
       </w:r>
-      <w:r w:rsidR="00E145CB">
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:w w:val="110"/>
           <w:sz w:val="21"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidR="00A65ADB" w:rsidRPr="00E145CB">
+      <w:r w:rsidRPr="00E145CB">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:w w:val="110"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="000F4A86">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:w w:val="110"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve">Author Name </w:t>
       </w:r>
-      <w:r w:rsidR="00E145CB">
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:w w:val="110"/>
           <w:sz w:val="21"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>b</w:t>
       </w:r>
-      <w:r w:rsidR="00A65ADB" w:rsidRPr="00E145CB">
+      <w:r w:rsidRPr="00E145CB">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:w w:val="110"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="000F4A86">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:w w:val="110"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve">Author Name </w:t>
       </w:r>
-      <w:r w:rsidR="00E145CB">
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:w w:val="110"/>
           <w:sz w:val="21"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidR="00A65ADB" w:rsidRPr="00E145CB">
+      <w:r w:rsidRPr="00E145CB">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:w w:val="110"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="000F4A86">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:w w:val="110"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve">Author Name </w:t>
       </w:r>
-      <w:r w:rsidR="00E145CB">
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:w w:val="110"/>
           <w:sz w:val="21"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B3DA8FA" w14:textId="76C2869C" w:rsidR="00A65ADB" w:rsidRPr="00A65ADB" w:rsidRDefault="008A2DC9" w:rsidP="00660EC9">
+    <w:p w14:paraId="77112FD5" w14:textId="62DEB87D" w:rsidR="00E52FDD" w:rsidRPr="00A65ADB" w:rsidRDefault="00472F58" w:rsidP="00E52FDD">
       <w:pPr>
         <w:spacing w:before="143"/>
         <w:ind w:left="2552" w:right="724"/>
         <w:rPr>
           <w:w w:val="105"/>
           <w:position w:val="9"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:b/>
-          <w:bCs/>
           <w:noProof/>
-          <w:color w:val="C00000"/>
-[...152 lines deleted...]
-        </w:drawing>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wpg">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251708416" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5313DB9B" wp14:editId="7C9DAC64">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>-103505</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>92710</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="1451610" cy="930910"/>
+                <wp:effectExtent l="0" t="0" r="21590" b="21590"/>
+                <wp:wrapNone/>
+                <wp:docPr id="1074141937" name="Group 5"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
+                    <wpg:wgp>
+                      <wpg:cNvGrpSpPr/>
+                      <wpg:grpSpPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="1451610" cy="930910"/>
+                          <a:chOff x="0" y="0"/>
+                          <a:chExt cx="1451610" cy="930910"/>
+                        </a:xfrm>
+                      </wpg:grpSpPr>
+                      <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="1569289629" name="Picture 5"/>
+                          <pic:cNvPicPr>
+                            <a:picLocks noChangeAspect="1"/>
+                          </pic:cNvPicPr>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId9" cstate="print">
+                            <a:extLst>
+                              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                              </a:ext>
+                            </a:extLst>
+                          </a:blip>
+                          <a:srcRect/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="1016000" y="495300"/>
+                            <a:ext cx="435610" cy="435610"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:noFill/>
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:effectLst>
+                            <a:outerShdw blurRad="50800" dist="50800" dir="5400000" algn="ctr" rotWithShape="0">
+                              <a:srgbClr val="000000">
+                                <a:alpha val="0"/>
+                              </a:srgbClr>
+                            </a:outerShdw>
+                          </a:effectLst>
+                        </pic:spPr>
+                      </pic:pic>
+                      <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="1153030001" name="Picture 6"/>
+                          <pic:cNvPicPr>
+                            <a:picLocks noChangeAspect="1"/>
+                          </pic:cNvPicPr>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId10" cstate="print">
+                            <a:extLst>
+                              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                              </a:ext>
+                            </a:extLst>
+                          </a:blip>
+                          <a:srcRect/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="76200" y="546100"/>
+                            <a:ext cx="942340" cy="329565"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:noFill/>
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:effectLst>
+                            <a:outerShdw blurRad="50800" dist="50800" dir="5400000" algn="ctr" rotWithShape="0">
+                              <a:srgbClr val="000000">
+                                <a:alpha val="0"/>
+                              </a:srgbClr>
+                            </a:outerShdw>
+                          </a:effectLst>
+                        </pic:spPr>
+                      </pic:pic>
+                      <wps:wsp>
+                        <wps:cNvPr id="1583954383" name="Text Box 4"/>
+                        <wps:cNvSpPr txBox="1"/>
+                        <wps:spPr>
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="1438910" cy="495300"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:solidFill>
+                            <a:schemeClr val="bg1"/>
+                          </a:solidFill>
+                          <a:ln w="6350">
+                            <a:solidFill>
+                              <a:schemeClr val="bg1"/>
+                            </a:solidFill>
+                          </a:ln>
+                        </wps:spPr>
+                        <wps:txbx>
+                          <w:txbxContent>
+                            <w:p w14:paraId="7773D99E" w14:textId="15DED678" w:rsidR="00A3567F" w:rsidRPr="008A05EE" w:rsidRDefault="006F3C43">
+                              <w:pPr>
+                                <w:rPr>
+                                  <w:b/>
+                                  <w:bCs/>
+                                  <w:sz w:val="18"/>
+                                  <w:szCs w:val="18"/>
+                                </w:rPr>
+                              </w:pPr>
+                              <w:r w:rsidRPr="008A05EE">
+                                <w:rPr>
+                                  <w:b/>
+                                  <w:bCs/>
+                                  <w:sz w:val="18"/>
+                                  <w:szCs w:val="18"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve">Article </w:t>
+                              </w:r>
+                              <w:r w:rsidR="00367610" w:rsidRPr="008A05EE">
+                                <w:rPr>
+                                  <w:b/>
+                                  <w:bCs/>
+                                  <w:sz w:val="18"/>
+                                  <w:szCs w:val="18"/>
+                                </w:rPr>
+                                <w:t>I</w:t>
+                              </w:r>
+                              <w:r w:rsidR="005C21B7" w:rsidRPr="008A05EE">
+                                <w:rPr>
+                                  <w:b/>
+                                  <w:bCs/>
+                                  <w:sz w:val="18"/>
+                                  <w:szCs w:val="18"/>
+                                </w:rPr>
+                                <w:t>nformation:</w:t>
+                              </w:r>
+                            </w:p>
+                            <w:p w14:paraId="5F9BBE3A" w14:textId="2AD272E1" w:rsidR="00A3567F" w:rsidRPr="00F2682B" w:rsidRDefault="00367610">
+                              <w:pPr>
+                                <w:rPr>
+                                  <w:sz w:val="18"/>
+                                  <w:szCs w:val="18"/>
+                                </w:rPr>
+                              </w:pPr>
+                              <w:r w:rsidRPr="00F2682B">
+                                <w:rPr>
+                                  <w:sz w:val="18"/>
+                                  <w:szCs w:val="18"/>
+                                </w:rPr>
+                                <w:t>Received 05.01.2026</w:t>
+                              </w:r>
+                              <w:r w:rsidR="006F3C43" w:rsidRPr="00F2682B">
+                                <w:rPr>
+                                  <w:sz w:val="18"/>
+                                  <w:szCs w:val="18"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                            </w:p>
+                            <w:p w14:paraId="31532434" w14:textId="0B351ED0" w:rsidR="006F3C43" w:rsidRPr="00F2682B" w:rsidRDefault="00367610">
+                              <w:pPr>
+                                <w:rPr>
+                                  <w:sz w:val="18"/>
+                                  <w:szCs w:val="18"/>
+                                </w:rPr>
+                              </w:pPr>
+                              <w:r w:rsidRPr="00F2682B">
+                                <w:rPr>
+                                  <w:sz w:val="18"/>
+                                  <w:szCs w:val="18"/>
+                                </w:rPr>
+                                <w:t>Accepted 01.02.2026</w:t>
+                              </w:r>
+                            </w:p>
+                            <w:p w14:paraId="3897BA2D" w14:textId="0DCB709E" w:rsidR="002A3E03" w:rsidRPr="00F2682B" w:rsidRDefault="002A3E03" w:rsidP="002A3E03">
+                              <w:pPr>
+                                <w:rPr>
+                                  <w:sz w:val="18"/>
+                                  <w:szCs w:val="18"/>
+                                </w:rPr>
+                              </w:pPr>
+                            </w:p>
+                          </w:txbxContent>
+                        </wps:txbx>
+                        <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                          <a:prstTxWarp prst="textNoShape">
+                            <a:avLst/>
+                          </a:prstTxWarp>
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                    </wpg:wgp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:group w14:anchorId="5313DB9B" id="Group 5" o:spid="_x0000_s1026" style="position:absolute;left:0;text-align:left;margin-left:-8.15pt;margin-top:7.3pt;width:114.3pt;height:73.3pt;z-index:251708416;mso-height-relative:margin" coordsize="14516,9309" o:gfxdata="UEsDBBQABgAIAAAAIQCxgme2CgEAABMCAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRwU7DMAyG&#13;&#10;70i8Q5QralN2QAit3YGOIyA0HiBK3DaicaI4lO3tSbpNgokh7Rjb3+8vyXK1tSObIJBxWPPbsuIM&#13;&#10;UDltsK/5++apuOeMokQtR4dQ8x0QXzXXV8vNzgOxRCPVfIjRPwhBagArqXQeMHU6F6yM6Rh64aX6&#13;&#10;kD2IRVXdCeUwAsYi5gzeLFvo5OcY2XqbynsTjz1nj/u5vKrmxmY+18WfRICRThDp/WiUjOluYkJ9&#13;&#10;4lUcnMpEzjM0GE83SfzMhtz57fRzwYF7SY8ZjAb2KkN8ljaZCx1IwMK1TpX/Z2RJS4XrOqOgbAOt&#13;&#10;Z+rodC5buy8MMF0a3ibsDaZjupi/tPkGAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#13;&#10;AAAAX3JlbHMvLnJlbHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrb&#13;&#10;Ub/Q94l/f/hMi1qRJVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG&#13;&#10;5lrLq9biZkxWOiqY22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nT&#13;&#10;NEV3j6o9feQzro1iOWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMA&#13;&#10;UEsDBBQABgAIAAAAIQATa5sbLQQAAHAMAAAOAAAAZHJzL2Uyb0RvYy54bWzsV99v2zYQfh+w/4HQ&#13;&#10;e2PJllzbiFNkyVIUyNqgyZBniqIsopLIkXTk7K/fd5Tk2EnRdnkZCuzByh3vSN59vF85fbdravYg&#13;&#10;rVO6XUfJSRwx2QpdqHazjv68u3qziJjzvC14rVu5jh6li96d/frLaWdWcqorXRfSMhzSulVn1lHl&#13;&#10;vVlNJk5UsuHuRBvZQlhq23AP1m4mheUdTm/qyTSO55NO28JYLaRzWL3shdFZOL8spfCfytJJz+p1&#13;&#10;BNt8+Nrwzek7OTvlq43lplJiMIO/woqGqxaX7o+65J6zrVUvjmqUsNrp0p8I3Ux0WSohgw/wJomf&#13;&#10;efPe6q0JvmxW3cbsYQK0z3B69bHi48N7a27NjQUSndkAi8CRL7vSNvQXVrJdgOxxD5nceSawmKRZ&#13;&#10;Mk+ArIBsOYuXoAOmogLwL7aJ6vdvb5yM106OjDFKrPAbEAD1AoHvRwp2+a2V0XBI80NnNNx+2Zo3&#13;&#10;eCzDvcpVrfxjCDw8CxnVPtwocWN7BmDeWKYKwJLNl9PFcj5dRqzlDQIfanQ7ywge2knK/VZOrl1r&#13;&#10;8cWxVl9UvN3Ic2cQujiHtCfH6oE9ujevlblSdU2PRfTgIcL8WZh8BaQ+BC+12Day9X1OWVnDWd26&#13;&#10;ShkXMbuSTS7hlf1QJHhp5LOHR8aq1veP7az4DHvDwztvpRcV2VLCpmEd77oXBAeebCbvHAKQ5d0f&#13;&#10;usDBfOt1SKZnAZjEyTyOEWsItXSZzUCGG8dYTGfZPhQHmtAbIwowW+ffS90wIuAOTA738IdrR8ZD&#13;&#10;dVQh81tNoIYr6vZoAYr9igwlBrtJrLde2tuq6Fheb+1nDsSyeEEGF4ru2zN4mCyFJyTi9QaFU3gL&#13;&#10;nLW/V766rbgBCnEwzdlNflFb9sCpgPV76C5em4oPqyFGgG+vGtzYmxK4AysD9oQ2BAQ8fn04gvh5&#13;&#10;sivB4+P5Y0TjcXbNCQvy6+fMrul/mF1v5+inIbeyFGn0LLeW6XSWQkxlfjZdZvNQx/7PrdX3cqsz&#13;&#10;GGzcWJLBvSjK/6p3h+KAykDHHrabxWyZpbPFbEyIOyqKv+kdSykjBm1q88zvsDx0Flrvi8FTkfx2&#13;&#10;t58tqMOHMHgqwa8PA6drVYytKwx9cl/t8k3f/VDZDrXqlnXraD7LhgJ5KPuRE4bajfli9J0ov8t3&#13;&#10;A1C5Lh6BE6oxFWHmjLhS6BfX3PkbbjEdYhETr/+ET1lrGKMHKmKVtn9/bZ308fCQRqzDtLmO3F9b&#13;&#10;TsNI/aFFSCyTlLLLBybN3k7B2ENJfihpt82FRj9A+YN1gSR9X49kaXVzj8H4nG6FiLcCd68jP5IX&#13;&#10;HhwEGKyFPD8PdD/jXLe3BpNREroPdcO73T23ZmiZHmH1UY9BiDZ03Dl73b5VnqOLlyq0VQK4RxVd&#13;&#10;hxgkRKDCWBta1DCC09x8yAetp38Uzv4BAAD//wMAUEsDBAoAAAAAAAAAIQCzKSE7KAYAACgGAAAU&#13;&#10;AAAAZHJzL21lZGlhL2ltYWdlMS5wbmeJUE5HDQoaCgAAAA1JSERSAAAAaQAAAGkIAwAAAA5c/QgA&#13;&#10;AAABc1JHQgCuzhzpAAAABGdBTUEAALGPC/xhBQAAAQJQTFRF/////f397e3t8vLy7+/vAAAATExM&#13;&#10;JycnNjY2h4eHsbGxxsbGEhISd3d3fX19R0dHLS0t7OzsYWFh2NjYx8fHurq6nZ2drKysPDw83Nzc&#13;&#10;19fXCwsLcnJyyMjIDQ0Nenp609PTJiYmHR0dERERW1tbsrKypaWlgoKCOzs74+PjDw8PHx8fGxsb&#13;&#10;SEhIhISEtra2TU1NNzc3CAgIZWVlREREt7e32dnZ3d3dgICAMzMzWVlZv7+/SUlJ2tra6enpj4+P&#13;&#10;f39/eXl5ioqKk5OT+/v75OTk4eHhm5ubqKioJSUlXV1d5+fnWFhYCQkJ/Pz8HBwcq6ur0dHRe3t7&#13;&#10;hYWFPz8/AAAA8KPkWQAAAFZ0Uk5T////////////////////////////////////////////////&#13;&#10;/////////////////////////////////////////////////////////////////wBKTWzZAAAA&#13;&#10;CXBIWXMAACHVAAAh1QEEnLSdAAAETUlEQVRoQ+2YzZKiMBRGLapcuGDp0pVLllhl8QRuWPj+TzPn&#13;&#10;5rsmBAJt09g143imBnN/4PNKciG9+/Dhw4f/mqqIR0LGJKXsdRQsUO2LELns9005JXh3boxRsMC7&#13;&#10;Kvkw0gVX/zjTUw6yISSZ0lGjiKX4cMq8EjUZS0p3jSKvU1pT0+nwACMqneu6PhxqUghIucFl5z1q&#13;&#10;qnQW4HpGKfvC8T7ZjHD3gxaXwKCmq9yAa6WSzz13P8iUqGkLpXJNPS6BsZFSxFMMpcApjDf69SLz&#13;&#10;ShvVdLzdtF4s5Sbanti+7dvrQ+lk5wTIXKnkM0Ipzm53D0eDwUY1lZVu4Wgw2Og++dxbUlpTU4aU&#13;&#10;YHKZ6crN2FRpvJ4yXlfTt5W6Ecpvu+5yOtks5oi3DobV1HWNZnmj/Mj5K6UCRGLfO4fj3lq4asLQ&#13;&#10;yi1BvMy8Uux7mZLVhLFCaZF0n0BKDkqb8q8qXS6XNBrR34/8s1bHZ91f9IA3usdZFWl2LkHyZZQZ&#13;&#10;rCddY0jqRnxoPSVCLJSdzSu5C/yiUtM0V8F8brqGZD82nX4KT6n5CNciYhC5Xk9HbD4UOMs9j9Ig&#13;&#10;W5ZZ+8ROM0IuSPdNWMoinvebSlkDyNondkHJX90j36sJrMXGB2q83ZmS2n2syRoWLPZyQ9ngDx8p&#13;&#10;+QN1OyU2jCHXaLV7vAQj1HQ+V5UdwV68LXO/J0tKfQiEZ4VtPCt7g7drFhl84eFLQiJ+YUPJwl3g&#13;&#10;DuG+Ke+q5MOYqZsAmhFO6kayNc56wuKM+EuUrJ1pBFsosXW01lPXtj4wtOfk9acKo7CvDF7wlGh7&#13;&#10;PKXIKDCZEZD1Pc0I7CwFgjn4gRnMy8C8kvc9Rjq+TumFNcWnhog1TdZTHHtrzFCwQKbkTw2R1eQo&#13;&#10;EsehNY5QsIAp9W1b29YyHLEvfcuRL1zJJs22njJkszVt2/5wux3YisrLgOWxrMSHVsL4PukL+31K&#13;&#10;YGvJMeVtPUXvMyu3oBRvwrxS9ieLeJUZFmvSK8/2NQkM+7kDajWWAmkKy04UUgq8o9KOPSXHig+B&#13;&#10;cQ0D9JISNh3Xwb6FFNBfQp5SmiX7e0QYPMC2LxRQN/qZkk+szZQ8ZwwRexJpBBrD+DVXSs6Xs7wA&#13;&#10;kbLS+NV9CyV/6VaaxvCzmmyLOfzHNomI1xT2lLYNNeXj/aA9KEq4eOGdvGr4cIop+TDC/OboSgJb&#13;&#10;l0kNS3yvJh9GXqpUsYNkh8l/DCllmyPsTOmu5NPVdp8ExTNKtksQGE/UlEFQPKNkOQLjfZVi3zNS&#13;&#10;UJAC/lIjgmeVEjV9pcTKTQTPKiW2ll3YUxraY/plsEnBYzUpDuHsVUpgi0VgpJsQXZBSHLkLvLFS&#13;&#10;RqakFEduUIovhHLKmEUlNerfUPqqpvgIe1YpbCYHMKGJ3LWb5KhLGIgrRdtOiw9H6C8rFSDiK9cd&#13;&#10;YvjU4Og9gpEGadIU+JGS94i4xVqp5H3PHWKupmeUPnz48OHt2e3+ALUhx7Lvea0lAAAAAElFTkSu&#13;&#10;QmCCUEsDBAoAAAAAAAAAIQCtxx4cKhUAACoVAAAUAAAAZHJzL21lZGlhL2ltYWdlMi5wbmeJUE5H&#13;&#10;DQoaCgAAAA1JSERSAAAA5QAAAE8IBgAAABROAp4AAAABc1JHQgCuzhzpAAAABGdBTUEAALGPC/xh&#13;&#10;BQAAAAlwSFlzAAAh1QAAIdUBBJy0nQAAFL9JREFUeF7tnQdUFscWx22xVzTW6LNiQWPvKEURFVEB&#13;&#10;BbsvEVs0VgR8ivoQURQ7FkITECxPY4qpJ/2YflJMYopJTDHtpfdqnPf9N7tmy939dr/Cx9tv7jm/&#13;&#10;c3TZ2W/n7t6dmTt37lQRpaGDrQ5edfCHA8bhcCoE2BvsbpuDRg4Eaezgvw5Y7dq1WZMmTViTAA6H&#13;&#10;UyE47M1hd1dhf6Idwh6rZONAh04dWNGxI+zYmeMcDqcCKSwvutqxc0ep5dwJo7xQs2ZNlnvkNnby&#13;&#10;rv9wOBwfcPhI7lWHHaLFvACjvNKgQQNWcrKUPJnD4Xif0pNHWYOGDdFSXoFROv7DjZLD8SWl/znK&#13;&#10;GjYSjBJwo+SYA+OfovIj7ED+QbYp899s0a2LWMyUGBYaHsomx8WwRcsWC8cP5B/AOEk4n7oOR0ul&#13;&#10;NMoTd55k+aUFLCN7C7t11TIWPz2eRY6PZHNunsvWrEtm2ft3CjdOleV4F/gbJsdNFryFtWrVkl4c&#13;&#10;Q2rWqskCmgaw8ZOiWE7eAfK6nL/xuVGWnSpnq1NXs5DwENaxcyfh96tXr654qHrAKdW0aVPWo2cP&#13;&#10;NmHyBLZlR6Zg0NTvcFwHOk3bvIEFdgtkVatVJZ+FFdp3bM9Wpaxmx+84Qf6ev+MTo8TD2JCxkY2O&#13;&#10;HC3/cY/Quk1rFhsfy3bu38UN1ANkZmeyAYMHkrp2l6BeQWxd+nryd/2ZCjXK8tuPsQ1bNrIugV0U&#13;&#10;D8dbDBsxnO3Yl82N0wWgs8RFiaReJTDZ3bdvXzZlyhSWlJTEcnJy2KlTp9ihQ4dYSkoKmzZtGhs4&#13;&#10;cCBr1qwZWV4idmqs8G5Q9+GPVIhR4gGXnChlnbp0UjyMiiI4JFhwNHDjNAd0NWT4UFKXVatWZf36&#13;&#10;9WNPPPEEu3r1KjMr58+fZxEREaxatWrkdbt0DeSGKeJ1o4QhzL5pjmmnAAW+tL169WL169cn/24G&#13;&#10;1GvNv5LJe+T8TUFZIevQsQOpw5CQEMG4/vzzT9HUrMu7774rtKzU9Zs6nnNOPncEedUoj54qY2Gj&#13;&#10;wxWKN2Lo0KFs69at7NFHH2UXLlxgn3zyCfvll1/Ex/mX/Pjjj+zy5cvCy3HfffextWvXsqCgIPJ6&#13;&#10;FBjHotWm7tffQUvVt39fjc4QUHLmzBn2+++/i0/BPYFR4xnDSaf+rbbt2rK80nzy/vwFrxnl4aJc&#13;&#10;wSsqKVuPIUOGsIMHD7LPPvtMfGTWBd2oixcvCgbdvXt38nfkdA/qzvJK/PvBU4wZN0ajqy5durCX&#13;&#10;XnpJ1LS+4CM6ffp01q1bNxYfH89efPFFp93bzz//nA0aNEjzm3379/PrrqzHjRLd1f235bCGf4UJ&#13;&#10;6dKmTRt2+vRp8fF4Vvbt28eaN29O/q4EusTcMP8Cz2zBkoUaHWHI8PXXX4ta1ZePPvpIUxbDFRx3&#13;&#10;JleuXGHR0dGa8iPDQ/x2ysTjRrn38D5WrTo9mAd16tRhZWVl7LfffhMfi+cFX2h0e3ft2mU451nj&#13;&#10;uho8+N7BbSV5rEaNGgrdwCFjxqggRUVFirIS8MaakZ9//llokdXld+bsIu/X7njUKPOPFrCWrVoq&#13;&#10;FCuna9eu7M033xQfRcXI888/L7TK1P2ANm1vEO6bqo8/gFayZ6+eCp3Uq1dP6I6alT179ijKS6Sn&#13;&#10;p4tnOJePP/5YGLvKywvvoh+O/z1mlHCj9+nXR6FUOWPHjhUcN76Q9957j40YMYK8L9C7b2+/7Spt&#13;&#10;3LJRo4+SkhJL0x0Yc6qvgR6KmbGoXPAhQE9Kfp3la1aQ921nPGKU+NqOGjNKoUwJdINmzZrFfv31&#13;&#10;V1H1vpGffvqJxcXFCfNs1H1Gx0STdbMz+BDB6SXXw/Dhw0WNWROM49EjQTe4devWLCMjw6Wpk5iY&#13;&#10;GMX9NGrciBWfKCHv3664bZQwyBVrVioUKQdKrkyCCWzqPmGsuw7sJutoV7L2bNfo4IEHHhA15ZpY&#13;&#10;aWEpgRceMc3y+8IiBOr+7YrbRomof70oDXx11fOMvha0mAgNo+4XHkOkQaHqaUdiE+IU9Z8wYYIl&#13;&#10;o4IjDc/YGZmZmWIJc3LLLbco7mv8xCjy/u2K20Y5ePgQhQIlWrRowd5//31RzZVL3n77bXLiGiTM&#13;&#10;nEbW046ou67FxcWihpwL5iH1PsYUCD4wK7fffruiLAIKqPu3K24ZZVp6mkJ5EhhXIOKmMsvTTz9N&#13;&#10;vlSYztmfl0PW104g2kod+vjWW2+J2nEuetMgemzYsEEs6Vy++OILzRSNP4XfuWWUAwYPUChOIjEx&#13;&#10;UVRv5RU4IUaNop1TMVNjyPraiazdWYo6t2vXzlLX1ZtGCYmMjFSUT1qbRNbDjrhslJjYlRQmp2XL&#13;&#10;lqJaK7/AMKkg99p1ats+fYXaOYfQOCvibaNctWqVovyceXPJetgRl41y+MhghdIkrA7qfS1o1al6&#13;&#10;LFy6kKy3XZg+e7qivuvXrxc1Yk68bZR79+5VlI/yI2ePy0bZrLl24WqPHj0sh89dunSJPfnkk+zc&#13;&#10;uXPCv12Zz4QbHZE7WHmAiKHvv/9e/Itz+eqrr4TFupq69OxB1tsuhI0KU9QXAQNWxNtGeccddyjK&#13;&#10;Dxo6iKyHHXHJKHPychQKk9i0aZOoUmP59NNPhRCsjh2vZYK+BpwPWLF+9uxZQwPFEq68vDw2YIB2&#13;&#10;XIv5NkTw4EUzE1CNoAL1NaAHqu52YWjwMEV94fG0It42ygcffFBRHtFiVD3siEtGGTUpSqEwCaxG&#13;&#10;NxI4Eh566CGyLMXkyZNJo8IyrUaNGpFl1HTq1EmYAjESpK+gymK1C1V/OzB5ijJyJisrS9SGOfG2&#13;&#10;Uebn5yvKh0WEk/WwI5aNEqFZ2PxHUpYEHCZ//PGHqFJa8CDNZqqTQJdY7hV87bXXLGcxQIA1Ap71&#13;&#10;BF1eqlx0zERSB3YAeVnldZ03b56oDXPibaNMS1NOt8XPSCDrYUcsG2VhWSE5vwdvmZEgDYTeGku4&#13;&#10;49FlDQsLI2NTExIShGtg7R2MVP13gHEhIlIAZbRYoaIXXQQvLHVdbHRE6cAOIFGyvK7I+mBFHn74&#13;&#10;YTZp0iQBoyCCqKgo4Zzy8nKxpDmZPXu24jqLl91C1sOOWDbKQ4WHScOBk0VPYEwwOHUZdEGxtlIu&#13;&#10;zz77rGKpVXBwMLvzzjuF1hJdLHl5cN1112k8vnAY9e/f/9o5gYGBQnYDo5Z82bJliuuCuvXq2nb1&#13;&#10;CFJuyJ8j/o1MAK5I3bp1FXqT891334lnmRc4C9URV+nbNpP1sCOWjRKLmCmjRNiVnmBcSM0Hbt++&#13;&#10;XTxDKc8995yQMQ0eOEnQmiHVhPoa+KJSAo9s7969hYW2+Cg4k+zsbM21ERiNyBdKD3bghrY3KOp7&#13;&#10;//33i9qwJp42yqeeekpxjfoN6vvV0jrLRrlj7w6FwgCM1GjxMoxMXQY4c8DIBYZFdX8feeQR8Qz3&#13;&#10;BPlK1ddGZgLsg0HpwQ6Eq5bbrVixQtSGNfG0UaLnI7/GkGFDyPu3K5aNMmN7hkJhAEb54YcfiirV&#13;&#10;ClpEdRlgZT4RKSOoa2Cs6gmB51h9bcRf5hbbN11I8voURX2xwBjTVVbF00apTg2SuHg+ef92xbJR&#13;&#10;UmsnMdD/8ssvRZVqRb0UB6A7ayXWEsHS6msAK4ZtJC+88ILm2qgXdo2i9GAH8PAbN2msqLNVLyzE&#13;&#10;k0a5ZcsWzTX259p/gYAcy0aZvC5ZoTCAl9fISbBypdaQ4aAxM9aTBMvA1NcARh8DK4KIIPW1q1Wv&#13;&#10;zg4UHCT1YBcWLl2kqDOmj9555x1RK+bEU0YJB486n1LUpAnkfdsZy0aZuXOrQmkA3VejtZP79+/X&#13;&#10;lAEIcTMrSARMOZhef/118Qz35LHHHtNcG93X24rzSD3YBTxr2QsggEirH374QdSMc/GEUSJ6a8wY&#13;&#10;Zd5ZPO+DBYfI+7Yzlo0ye99OheIAlPfGG2+I6tWK3uQ8pj/0BOsd5d1btKoBAQGaaxw/flw8Qyuv&#13;&#10;vvqq04AGSXAd9bXRmvtDJgJ1WhCAjXnM5tjxhFGqgwXA1OnxQroZ6p7tjGWjROgZ1WJhTKYn33zz&#13;&#10;Dek51Ru/wIjRJUZQAULgIHhBbrzxRs01kGGdkm+//VZIuIykzGvWrHFqnJQzClMiZafLST3YCSxT&#13;&#10;GzBIu92dWW+su0apXhECsKWh3ZfP6WHZKHOP5JIbhxolXIJBxcbGasqAuXPnCqFzOAcPsLCwUFiT&#13;&#10;KT8Hi5Ehx44dUxyXQGACpl3QBQKYb+vTR5nuEgZu1CUjnVEN6vvNlxrbBHTroZ0HxlYEzvIsuWOU&#13;&#10;y5cv10QEYQWSP+/4bNko0Z1TKxHAuIwEKR5atWqlKScBdzzVAmNcJ4/6CQ/X3zAIcbV6sbWLFy/W&#13;&#10;7Y6hFW3btq2mTOfAzqQO7Aqmf6hk2vjAGU154YN87733kuj1UOAYHD16tOa3EFe9MXMTeX/+gmWj&#13;&#10;RMtx/fXXKxQJYDxYTmUk2CXLynZ2MDBsPioXzKMZZTynQGoJI6GSCYOZc2eSOrAz2GQXHlhKH7m5&#13;&#10;uW5PQeEdQRwsxuvq6+NYSloqeV/+hGWjBLNvnqNQpgS+jM4E40XKYUNx9913k60bxouDBw8my6iB&#13;&#10;A8HZFm5IlUiVLSyzbzSPEYiLbRKgXfgNEPiPIYaVOWYIniPWbKqHJhL4EMDT6o+OHTUuGeURRxeW&#13;&#10;6iY6WykiCcZ96PLMnz9faPWkbiucMhgflpaWClscGD14PGTMLa5bt05Y4SFlP4NDCcHoCF7HB8DM&#13;&#10;XOj48eMV9QABTQPIuvsLeAfUC6HlYDEBPoxII4JnCV0jpy4EY1CEUGIlCYIBkPtVL6Un6N6jOztc&#13;&#10;eJi8D3/EJaME2BhHUqoEvoJW5h4lwbhDeqCuCowUjhyrX3C8PJSjYsCgAWS9/QkEgSNhVePGyqgf&#13;&#10;I9R7gRhRq3YtFjM11u+2JXCGy0Y5MW6SQsESCxYsEF/3/w8ZN24cWY+UtBSy3v4I3oeIsRGsXn16&#13;&#10;rGkVGG7wyGB25Hgx+Xv+jstGCYWq93wAcORUtq0K9ATZCKhueIuWLcg6+zuYs508NUZ4xtVrWMsg&#13;&#10;AT3DGKOio/x2rG4Wl40SjIumWxmsYtebfqgsgjhLahoE3LTgZrK+nL/AnCY228Uqk5DwUBbYLVDY&#13;&#10;HUuuQ/wfx0eGjWSrU1ezw0dy/XrLdCu4ZZRY8Ey1NJjHPHHihPj6V07Ri8dFF83Oayi9BbymaEmL&#13;&#10;HLorP82Nzx3cMkow+yZlLhUJGKZRihBfCjaboe4ZrExZRdaTw6ko3DbK4uMlugEBiD3FLsqVSV5+&#13;&#10;+WXdsLDmLVr4Rawrp3LjtlECdPcopw9AFrnKIpiz1Ju8RngXN0hOZcAjRonxROr6VDJ2FWB93gcf&#13;&#10;fCCahm8EAetouan7A8ioQNWNw6loNEaJFi8uIY4lzEwgmbcoUTez2Iy5MxUvuhxMQN91112iiVSs&#13;&#10;YPmXXksOJsbSSZfRcs6YM4PUA4fjLeISprCata69r9oXVg0cOOnb0smXGC3m6Eht5L8EWtLdu3eb&#13;&#10;XnjsriD4mcrnKid0VBj5kcFavuCQEWQZDqcCIQ+S5B8t0LzIAHlS23doT5aR6Ny5s5CpwFvGidja&#13;&#10;xx9/XDcjO8AHIqhnkO7c2YaMjWQ5DqeCIQ+SREZFki8zwIseHqG/7hFgfnPYsGHs8uXLoil5Rp55&#13;&#10;5hnWoUMH3fGtxLSZ03VXtiMWE2NrqhyHU8GQB2mqVmHLkpaTLzVAVxaZ0qgF0XKwZCc0NFRIx2G0&#13;&#10;CY+RIHNBcnKykFeGWqcnB/uMJK9PJu9ZYmRYCFmWw/EB5EFdsNfG5izjPR7SNm9gDRqYa3XQumG/&#13;&#10;SRgYIm6QzApb550/f17Iloc8QEj1cfToUWEN5JIlS4R9QqhrUbRq3Ypl78sm7xPgQ4JBNlWWw/ER&#13;&#10;5EFDkMw3vzSffMkl8ksLWNduXZ22mt4CrefAIQNZ2Sn9eUgYJFa9++oeKzOYw8VuZhMnTlQQHR3N&#13;&#10;QkJChD1b5N5trImVzqGyVGCsL/197NixXOfGkAedUrtObVZkIvJ/9doky3tLuktAswAhxQV1PxIw&#13;&#10;yMxs5f4VnL9B0jFn2RuwHlYywMTERPEoYwUFBZrryfeqzMjQboPBUUAeNAVWlmPbdeqll3PkWDFb&#13;&#10;nrTC68aJyJ3N2zNM7Zq1fPUKw3lMf0dulMhIj0AM8MorrwirbSBYXF5cXCycL9+TBB52tIbStbBz&#13;&#10;mrS0D15yo4wEHAHyoGmaOb6UW3ZsIV98NYgaWrMuWZgLpFaauAICFCbGTmL/3ppueuu0Wf+c5dQ5&#13;&#10;5O/IjVKdtBrL37D5EgTbD0rHg4KCrh2XJya75557hGMw1oiIiGvHObqQBy2B4HSMzY6fMb+fIKYg&#13;&#10;khxd27FR41jQjT1Zu/btWNNmTclt3CUaOMYl/2j/DyFtR/zMBLY5K8NS8t7Sk0dZXHyc06kTjrFR&#13;&#10;IjcS8ilB5NsJQq/y5XupqalCLiQpZ9K5c+c89jG2OeRBl4gcP5YVlbuf8h/Gs3P/TpaWnsa27tom&#13;&#10;7MDkbk6XnTm7hAzc1H1ztMiNEt5w7K4NkEpF2tgXeX3VCbDRA5EMFl1WqeVEmkrKAcQhIQ+6DBYM&#13;&#10;Z+3OIg3DV0ybNZ23jhYx4+hBwmwqadbSpUvFM/6Wbdu2ac7j6EIedAt8LXv17sUO5PtuSzl4V1en&#13;&#10;JgnbiXODtI7cKDFXjHhigL1G0HLCyQMuXbqkyXyH7q18sTvCK422OeBoIA96BMxFjQgdKezaRRmO&#13;&#10;t1iVulrIFUPdE8ccRmNKgCAOSWbMmKH5+9SpU8W/MiHbofrvHEPIgx4Fxtm3f19hzhLJlChDcgc4&#13;&#10;mDBmvGn+zaxVG/29SzjmcWaU0gZMEGzYo/57TEyM+FfG5syhs+tzdCEPehUYKDZ0weasJSdKTU9l&#13;&#10;SCD4HZsOHSo8zJasWCqk9KB+h+M6cqPE1gPYdkICf0Omekmwb4u6PDdKtyAPVggYeyCWFl650FGh&#13;&#10;wuLipStvZRszNrI9h/cKoXrb9+5gqRvWsgVLFrIp06ayPv36CCu0MXXCQ7W8h9woMb+IdaoAUTzS&#13;&#10;cQi2KZC2j5DDjdItyIMcP0dulGrBvOPFixeF/T31Eqhxo3QL8iDHz0EvBPmN0ItRYxTgIYEQRun8&#13;&#10;io59tgHkQQ6H4zvIgxwOx3eQBzkcju+oclZ1gMPh+IwqZ/8Htq5+eyztzr0AAAAASUVORK5CYIJQ&#13;&#10;SwMEFAAGAAgAAAAhAAhDUMzjAAAADwEAAA8AAABkcnMvZG93bnJldi54bWxMT8tqwzAQvBf6D2IL&#13;&#10;vSWynNYUx3II6eMUCk0KITfF3tgm1spYiu38fben9rKwM7OzM9lqsq0YsPeNIw1qHoFAKlzZUKXh&#13;&#10;e/8+ewHhg6HStI5Qww09rPL7u8ykpRvpC4ddqASbkE+NhjqELpXSFzVa4+euQ2Lu7HprAq99Jcve&#13;&#10;jGxuWxlHUSKtaYg/1KbDTY3FZXe1Gj5GM64X6m3YXs6b23H//HnYKtT68WF6XfJYL0EEnMLfBfx2&#13;&#10;4PyQc7CTu1LpRathppIFS5l4SkCwIFYxAycGEhWDzDP5v0f+AwAA//8DAFBLAwQUAAYACAAAACEA&#13;&#10;LmzwAMUAAAClAQAAGQAAAGRycy9fcmVscy9lMm9Eb2MueG1sLnJlbHO8kMGKwjAQhu8L+w5h7tu0&#13;&#10;PSyymPYigldxH2BIpmmwmYQkir69gWVBQfDmcWb4v/9j1uPFL+JMKbvACrqmBUGsg3FsFfwetl8r&#13;&#10;ELkgG1wCk4IrZRiHz4/1nhYsNZRnF7OoFM4K5lLij5RZz+QxNyES18sUksdSx2RlRH1ES7Jv22+Z&#13;&#10;7hkwPDDFzihIO9ODOFxjbX7NDtPkNG2CPnni8qRCOl+7KxCTpaLAk3H4t+ybyBbkc4fuPQ7dv4N8&#13;&#10;eO5wAwAA//8DAFBLAQItABQABgAIAAAAIQCxgme2CgEAABMCAAATAAAAAAAAAAAAAAAAAAAAAABb&#13;&#10;Q29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAA&#13;&#10;AAAAOwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhABNrmxstBAAAcAwAAA4AAAAAAAAAAAAA&#13;&#10;AAAAOgIAAGRycy9lMm9Eb2MueG1sUEsBAi0ACgAAAAAAAAAhALMpITsoBgAAKAYAABQAAAAAAAAA&#13;&#10;AAAAAAAAkwYAAGRycy9tZWRpYS9pbWFnZTEucG5nUEsBAi0ACgAAAAAAAAAhAK3HHhwqFQAAKhUA&#13;&#10;ABQAAAAAAAAAAAAAAAAA7QwAAGRycy9tZWRpYS9pbWFnZTIucG5nUEsBAi0AFAAGAAgAAAAhAAhD&#13;&#10;UMzjAAAADwEAAA8AAAAAAAAAAAAAAAAASSIAAGRycy9kb3ducmV2LnhtbFBLAQItABQABgAIAAAA&#13;&#10;IQAubPAAxQAAAKUBAAAZAAAAAAAAAAAAAAAAAFkjAABkcnMvX3JlbHMvZTJvRG9jLnhtbC5yZWxz&#13;&#10;UEsFBgAAAAAHAAcAvgEAAFUkAAAAAA==&#13;&#10;">
+                <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
+                  <v:stroke joinstyle="miter"/>
+                  <v:formulas>
+                    <v:f eqn="if lineDrawn pixelLineWidth 0"/>
+                    <v:f eqn="sum @0 1 0"/>
+                    <v:f eqn="sum 0 0 @1"/>
+                    <v:f eqn="prod @2 1 2"/>
+                    <v:f eqn="prod @3 21600 pixelWidth"/>
+                    <v:f eqn="prod @3 21600 pixelHeight"/>
+                    <v:f eqn="sum @0 0 1"/>
+                    <v:f eqn="prod @6 1 2"/>
+                    <v:f eqn="prod @7 21600 pixelWidth"/>
+                    <v:f eqn="sum @8 21600 0"/>
+                    <v:f eqn="prod @7 21600 pixelHeight"/>
+                    <v:f eqn="sum @10 21600 0"/>
+                  </v:formulas>
+                  <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
+                  <o:lock v:ext="edit" aspectratio="t"/>
+                </v:shapetype>
+                <v:shape id="Picture 5" o:spid="_x0000_s1027" type="#_x0000_t75" style="position:absolute;left:10160;top:4953;width:4356;height:4356;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#13;&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#13;&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#13;&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#13;&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#13;&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#13;&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#13;&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#13;&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#13;&#10;AAD//wMAUEsDBBQABgAIAAAAIQBThp68zAAAAOgAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/RSsNA&#13;&#10;EEXfBf9hGaEvxe42YOym3ZZiEXwRtPoBQ3ZMotndkBnb9O9dQfBlYOZyz3A2uyn06kQjdyk6WC4M&#13;&#10;KIp18l1sHLy/Pd6uQLFg9NinSA4uxLDbXl9tsPLpHF/pdJRGZUjkCh20IkOlNdctBeRFGijm7CON&#13;&#10;ASWvY6P9iOcMD70ujCl1wC7mDy0O9NBS/XX8Dg7m93OuyYZPY56Fvb28TMKNc7Ob6bDOY78GJTTJ&#13;&#10;f+MP8eSzw11pi5UtCwu/YvkAevsDAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMA&#13;&#10;AAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78A&#13;&#10;AAAVAQAACwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAU4aevMwA&#13;&#10;AADoAAAADwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAAAD&#13;&#10;AAAAAA==&#13;&#10;">
+                  <v:imagedata r:id="rId11" o:title=""/>
+                  <v:shadow on="t" color="black" opacity="0" offset="0,4pt"/>
+                </v:shape>
+                <v:shape id="Picture 6" o:spid="_x0000_s1028" type="#_x0000_t75" style="position:absolute;left:762;top:5461;width:9423;height:3295;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#13;&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#13;&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#13;&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#13;&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#13;&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#13;&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#13;&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#13;&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#13;&#10;AAD//wMAUEsDBBQABgAIAAAAIQAmQ+S1zQAAAOgAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9NS8NA&#13;&#10;EIbvgv9hGcGb3U2rImm3RSxCxFPr13XIjkkwO5vsjm36711B8DIw8/I+w7PaTL5XB4qpC2yhmBlQ&#13;&#10;xHVwHTcWXl8er+5AJUF22AcmCydKsFmfn62wdOHIOzrspVEZwqlEC63IUGqd6pY8plkYiHP2GaJH&#13;&#10;yWtstIt4zHDf67kxt9pjx/lDiwM9tFR/7b+9BYrj7no8yfbtWb/7p0qqcf5RWXt5MW2XedwvQQlN&#13;&#10;8t/4Q1QuOxQ3C7MwxhTwK5YPoNc/AAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAAT&#13;&#10;AAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/&#13;&#10;AAAAFQEAAAsAAAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhACZD5LXN&#13;&#10;AAAA6AAAAA8AAAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAAB&#13;&#10;AwAAAAA=&#13;&#10;">
+                  <v:imagedata r:id="rId12" o:title=""/>
+                  <v:shadow on="t" color="black" opacity="0" offset="0,4pt"/>
+                </v:shape>
+                <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+                  <v:stroke joinstyle="miter"/>
+                  <v:path gradientshapeok="t" o:connecttype="rect"/>
+                </v:shapetype>
+                <v:shape id="Text Box 4" o:spid="_x0000_s1029" type="#_x0000_t202" style="position:absolute;width:14389;height:4953;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#13;&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#13;&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#13;&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#13;&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#13;&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#13;&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#13;&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#13;&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#13;&#10;AAD//wMAUEsDBBQABgAIAAAAIQClUk+YzgAAAOgAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/BasMw&#13;&#10;DIbvg76D0WC31VmzrGlat4SNwqCntaG7ilhLQmM52G6avf08GOwikH7+T3yb3WR6MZLznWUFT/ME&#13;&#10;BHFtdceNguq0f8xB+ICssbdMCr7Jw247u9tgoe2NP2g8hkZECPsCFbQhDIWUvm7JoJ/bgThmX9YZ&#13;&#10;DHF1jdQObxFuerlIkhdpsOP4ocWBXluqL8erUXA+nPaSD/m1yrqyvPDnclxVTqmH++ltHUe5BhFo&#13;&#10;Cv+NP8S7jg5Znq6y5zRP4VcsHkBufwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAA&#13;&#10;EwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9Cxb&#13;&#10;vwAAABUBAAALAAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQClUk+Y&#13;&#10;zgAAAOgAAAAPAAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA&#13;&#10;AgMAAAAA&#13;&#10;" fillcolor="white [3212]" strokecolor="white [3212]" strokeweight=".5pt">
+                  <v:textbox>
+                    <w:txbxContent>
+                      <w:p w14:paraId="7773D99E" w14:textId="15DED678" w:rsidR="00A3567F" w:rsidRPr="008A05EE" w:rsidRDefault="006F3C43">
+                        <w:pPr>
+                          <w:rPr>
+                            <w:b/>
+                            <w:bCs/>
+                            <w:sz w:val="18"/>
+                            <w:szCs w:val="18"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r w:rsidRPr="008A05EE">
+                          <w:rPr>
+                            <w:b/>
+                            <w:bCs/>
+                            <w:sz w:val="18"/>
+                            <w:szCs w:val="18"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve">Article </w:t>
+                        </w:r>
+                        <w:r w:rsidR="00367610" w:rsidRPr="008A05EE">
+                          <w:rPr>
+                            <w:b/>
+                            <w:bCs/>
+                            <w:sz w:val="18"/>
+                            <w:szCs w:val="18"/>
+                          </w:rPr>
+                          <w:t>I</w:t>
+                        </w:r>
+                        <w:r w:rsidR="005C21B7" w:rsidRPr="008A05EE">
+                          <w:rPr>
+                            <w:b/>
+                            <w:bCs/>
+                            <w:sz w:val="18"/>
+                            <w:szCs w:val="18"/>
+                          </w:rPr>
+                          <w:t>nformation:</w:t>
+                        </w:r>
+                      </w:p>
+                      <w:p w14:paraId="5F9BBE3A" w14:textId="2AD272E1" w:rsidR="00A3567F" w:rsidRPr="00F2682B" w:rsidRDefault="00367610">
+                        <w:pPr>
+                          <w:rPr>
+                            <w:sz w:val="18"/>
+                            <w:szCs w:val="18"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r w:rsidRPr="00F2682B">
+                          <w:rPr>
+                            <w:sz w:val="18"/>
+                            <w:szCs w:val="18"/>
+                          </w:rPr>
+                          <w:t>Received 05.01.2026</w:t>
+                        </w:r>
+                        <w:r w:rsidR="006F3C43" w:rsidRPr="00F2682B">
+                          <w:rPr>
+                            <w:sz w:val="18"/>
+                            <w:szCs w:val="18"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                      </w:p>
+                      <w:p w14:paraId="31532434" w14:textId="0B351ED0" w:rsidR="006F3C43" w:rsidRPr="00F2682B" w:rsidRDefault="00367610">
+                        <w:pPr>
+                          <w:rPr>
+                            <w:sz w:val="18"/>
+                            <w:szCs w:val="18"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r w:rsidRPr="00F2682B">
+                          <w:rPr>
+                            <w:sz w:val="18"/>
+                            <w:szCs w:val="18"/>
+                          </w:rPr>
+                          <w:t>Accepted 01.02.2026</w:t>
+                        </w:r>
+                      </w:p>
+                      <w:p w14:paraId="3897BA2D" w14:textId="0DCB709E" w:rsidR="002A3E03" w:rsidRPr="00F2682B" w:rsidRDefault="002A3E03" w:rsidP="002A3E03">
+                        <w:pPr>
+                          <w:rPr>
+                            <w:sz w:val="18"/>
+                            <w:szCs w:val="18"/>
+                          </w:rPr>
+                        </w:pPr>
+                      </w:p>
+                    </w:txbxContent>
+                  </v:textbox>
+                </v:shape>
+              </v:group>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00E145CB">
+      <w:r w:rsidR="00E52FDD">
         <w:rPr>
           <w:w w:val="105"/>
           <w:position w:val="9"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidR="00A65ADB" w:rsidRPr="00A65ADB">
+      <w:r w:rsidR="00E52FDD" w:rsidRPr="00A65ADB">
         <w:rPr>
           <w:w w:val="105"/>
           <w:position w:val="9"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>Department</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00A65ADB" w:rsidRPr="00A65ADB">
+      <w:r w:rsidR="00E52FDD" w:rsidRPr="00A65ADB">
         <w:rPr>
           <w:w w:val="105"/>
           <w:position w:val="9"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> of Biotechnology, Kulliyyah of Science, International</w:t>
       </w:r>
-      <w:r w:rsidR="00E145CB">
+      <w:r w:rsidR="00E52FDD">
         <w:rPr>
           <w:w w:val="105"/>
           <w:position w:val="9"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
-      <w:r w:rsidR="00A65ADB" w:rsidRPr="00A65ADB">
+      <w:r w:rsidR="00E52FDD" w:rsidRPr="00A65ADB">
         <w:rPr>
           <w:w w:val="105"/>
           <w:position w:val="9"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> Islamic University Malaysia, 25200 Kuantan, Pahang, Malaysia;</w:t>
       </w:r>
-      <w:r w:rsidR="00E145CB">
+      <w:r w:rsidR="00E52FDD">
         <w:rPr>
           <w:w w:val="105"/>
           <w:position w:val="9"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00E145CB">
+      <w:r w:rsidR="00E52FDD">
         <w:rPr>
           <w:w w:val="105"/>
           <w:position w:val="9"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>b</w:t>
       </w:r>
-      <w:r w:rsidR="00A65ADB" w:rsidRPr="00A65ADB">
+      <w:r w:rsidR="00E52FDD" w:rsidRPr="00A65ADB">
         <w:rPr>
           <w:w w:val="105"/>
           <w:position w:val="9"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>Department</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00A65ADB" w:rsidRPr="00A65ADB">
+      <w:r w:rsidR="00E52FDD" w:rsidRPr="00A65ADB">
         <w:rPr>
           <w:w w:val="105"/>
           <w:position w:val="9"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> of Chemistry, Kulliyyah of Science, International Islamic University Malaysia, 25200 Kuantan, Pahang, Malaysia</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="27885105" w14:textId="69C6197F" w:rsidR="00A65ADB" w:rsidRPr="00A65ADB" w:rsidRDefault="00A65ADB" w:rsidP="00A65ADB">
+    <w:p w14:paraId="27885105" w14:textId="6A1BA07F" w:rsidR="00A65ADB" w:rsidRPr="00A65ADB" w:rsidRDefault="00A65ADB" w:rsidP="00A65ADB">
       <w:pPr>
         <w:spacing w:before="6"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A65ADB">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251680768" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3600D721" wp14:editId="1472CF0B">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251679744" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3600D721" wp14:editId="19AF23DA">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>2091055</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>156210</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5209540" cy="0"/>
                 <wp:effectExtent l="0" t="12700" r="22860" b="12700"/>
                 <wp:wrapTopAndBottom/>
                 <wp:docPr id="23" name="Line 131"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvCnPr>
                         <a:cxnSpLocks/>
                       </wps:cNvCnPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="5209540" cy="0"/>
                         </a:xfrm>
@@ -698,22457 +882,3313 @@
                           <a:tailEnd/>
                         </a:ln>
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:noFill/>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:line w14:anchorId="7FBF6B65" id="Line 131" o:spid="_x0000_s1026" style="position:absolute;z-index:-251635712;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="164.65pt,12.3pt" to="574.85pt,12.3pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB9G6zWpgEAADMDAAAOAAAAZHJzL2Uyb0RvYy54bWysUk2PEzEMvSPxH6Lc6cwWtpRRp3vYslwW&#10;qLTwA9wk04nIxJGddqb/niTbdvm4IS6W448Xv2ev7qbBiaMhtuhbeTOrpTBeobZ+38rv3x7eLKXg&#10;CF6DQ29aeTIs79avX63G0Jg59ui0IZFAPDdjaGUfY2iqilVvBuAZBuNTskMaIKYn7StNMCb0wVXz&#10;ul5UI5IOhMowp+jmOSnXBb/rjIpfu45NFK6VabZYLBW7y7Zar6DZE4TeqvMY8A9TDGB9+vQKtYEI&#10;4kD2L6jBKkLGLs4UDhV2nVWmcEhsbuo/2Dz1EEzhksThcJWJ/x+s+nK891vKo6vJP4VHVD84iVKN&#10;gZtrMj84bEnsxs+o0xrhELHwnToacnNiIqYi6+kqq5miUCl4O68/3L5L6qtLroLm0hiI4yeDg8hO&#10;K531mTE0cHzkmAeB5lKSwx4frHNla86LsZXz5bJ+WzoYndU5m+uY9rt7R+IIafGLzWLzvuw6of1W&#10;RnjwuqD1BvTHsx/Bumc/1Tt/ViMLkO+Kmx3q05YuKqXNlDHPV5RX/+u7dL/c+vonAAAA//8DAFBL&#10;AwQUAAYACAAAACEAFqrdyN8AAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwUrDQBCG74LvsIzg&#10;ReykSYk2ZlMkUBAv0tQH2GbHJJidTbPbJvr0bvGgx5n5+Of7881senGm0XWWJSwXEQji2uqOGwnv&#10;++39IwjnFWvVWyYJX+RgU1xf5SrTduIdnSvfiBDCLlMSWu+HDNHVLRnlFnYgDrcPOxrlwzg2qEc1&#10;hXDTYxxFKRrVcfjQqoHKlurP6mQkbN9e7yidjlXygt+dSrDcH7GU8vZmfn4C4Wn2fzBc9IM6FMHp&#10;YE+sneglJPE6CaiEeJWCuADL1foBxOF3g0WO/ysUPwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4&#10;kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAI&#10;AAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAI&#10;AAAAIQB9G6zWpgEAADMDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQA&#10;BgAIAAAAIQAWqt3I3wAAAAoBAAAPAAAAAAAAAAAAAAAAAAAEAABkcnMvZG93bnJldi54bWxQSwUG&#10;AAAAAAQABADzAAAADAUAAAAA&#10;" strokecolor="#6d6d70" strokeweight=".80008mm">
+              <v:line w14:anchorId="5D4A0BC4" id="Line 131" o:spid="_x0000_s1026" style="position:absolute;z-index:-251636736;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="164.65pt,12.3pt" to="574.85pt,12.3pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#13;&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#13;&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#13;&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#13;&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#13;&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#13;&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#13;&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#13;&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#13;&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#13;&#10;IQB9G6zWpgEAADMDAAAOAAAAZHJzL2Uyb0RvYy54bWysUk2PEzEMvSPxH6Lc6cwWtpRRp3vYslwW&#13;&#10;qLTwA9wk04nIxJGddqb/niTbdvm4IS6W448Xv2ev7qbBiaMhtuhbeTOrpTBeobZ+38rv3x7eLKXg&#13;&#10;CF6DQ29aeTIs79avX63G0Jg59ui0IZFAPDdjaGUfY2iqilVvBuAZBuNTskMaIKYn7StNMCb0wVXz&#13;&#10;ul5UI5IOhMowp+jmOSnXBb/rjIpfu45NFK6VabZYLBW7y7Zar6DZE4TeqvMY8A9TDGB9+vQKtYEI&#13;&#10;4kD2L6jBKkLGLs4UDhV2nVWmcEhsbuo/2Dz1EEzhksThcJWJ/x+s+nK891vKo6vJP4VHVD84iVKN&#13;&#10;gZtrMj84bEnsxs+o0xrhELHwnToacnNiIqYi6+kqq5miUCl4O68/3L5L6qtLroLm0hiI4yeDg8hO&#13;&#10;K531mTE0cHzkmAeB5lKSwx4frHNla86LsZXz5bJ+WzoYndU5m+uY9rt7R+IIafGLzWLzvuw6of1W&#13;&#10;RnjwuqD1BvTHsx/Bumc/1Tt/ViMLkO+Kmx3q05YuKqXNlDHPV5RX/+u7dL/c+vonAAAA//8DAFBL&#13;&#10;AwQUAAYACAAAACEAVYrKo+MAAAAPAQAADwAAAGRycy9kb3ducmV2LnhtbExPTU+DQBC9m/gfNmPi&#13;&#10;xdih0GBLWRqDaWK8NNL+gCmMQGR3Kbst6K93Gw96mWTmvXkf6WZSnbjwYFujJcxnAQjWpalaXUs4&#13;&#10;7LePSxDWka6oM5olfLGFTXZ7k1JSmVG/86VwtfAi2iYkoXGuTxBt2bAiOzM9a499mEGR8+tQYzXQ&#13;&#10;6MVVh2EQxKio1d6hoZ7zhsvP4qwkbHdvDxyPpyJ6xe+WIsz3J8ylvL+bXtZ+PK9BOJ7c3wdcO/j8&#13;&#10;kPlgR3PWlRWdhChcRZ4qIVzEIK6E+WL1BOL4e8Esxf89sh8AAAD//wMAUEsBAi0AFAAGAAgAAAAh&#13;&#10;ALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAU&#13;&#10;AAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAU&#13;&#10;AAYACAAAACEAfRus1qYBAAAzAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwEC&#13;&#10;LQAUAAYACAAAACEAVYrKo+MAAAAPAQAADwAAAAAAAAAAAAAAAAAABAAAZHJzL2Rvd25yZXYueG1s&#13;&#10;UEsFBgAAAAAEAAQA8wAAABAFAAAAAA==&#13;&#10;" strokecolor="#6d6d70" strokeweight=".80008mm">
                 <o:lock v:ext="edit" shapetype="f"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:line>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C4F9CAC" w14:textId="00EB65B8" w:rsidR="00A65ADB" w:rsidRPr="00E145CB" w:rsidRDefault="00A65ADB" w:rsidP="00A65ADB">
-[...11083 lines deleted...]
-    <w:p w14:paraId="7F3D17B6" w14:textId="77777777" w:rsidR="00A65ADB" w:rsidRPr="00A65ADB" w:rsidRDefault="00A65ADB" w:rsidP="00A65ADB">
+    <w:p w14:paraId="1A2AD269" w14:textId="77777777" w:rsidR="00E145CB" w:rsidRPr="00E52FDD" w:rsidRDefault="00E145CB" w:rsidP="00010D6B">
       <w:pPr>
         <w:spacing w:before="5" w:line="276" w:lineRule="auto"/>
         <w:ind w:right="738"/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="65C38DCC" w14:textId="268162DC" w:rsidR="00A65ADB" w:rsidRPr="00A65ADB" w:rsidRDefault="000E5E4A" w:rsidP="00A65ADB">
-[...139 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="7A4B0F35" w14:textId="77777777" w:rsidR="00E52FDD" w:rsidRPr="00E52FDD" w:rsidRDefault="00E52FDD" w:rsidP="00E52FDD">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="5"/>
+        <w:ind w:left="3039" w:right="724" w:hanging="306"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="18"/>
-[...19 lines deleted...]
-        <w:rPr>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E52FDD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="18"/>
-[...6 lines deleted...]
-        <w:rPr>
+        </w:rPr>
+        <w:t>Article Types</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C9352A0" w14:textId="77777777" w:rsidR="00E52FDD" w:rsidRPr="00E52FDD" w:rsidRDefault="00E52FDD" w:rsidP="00E52FDD">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="5"/>
+        <w:ind w:left="3039" w:right="724" w:hanging="306"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E52FDD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t>1. News and Updates</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2AD58D08" w14:textId="77777777" w:rsidR="00E52FDD" w:rsidRPr="00E52FDD" w:rsidRDefault="00E52FDD" w:rsidP="00E52FDD">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="5"/>
+        <w:ind w:left="3039" w:right="724" w:hanging="306"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5D903BA1" w14:textId="77777777" w:rsidR="00E52FDD" w:rsidRPr="00E52FDD" w:rsidRDefault="00E52FDD" w:rsidP="00E52FDD">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="5"/>
+        <w:ind w:left="3039" w:right="724" w:hanging="306"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E52FDD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    Updates the research community on upcoming or recent events of significant importance.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="014C7386" w14:textId="77777777" w:rsidR="00E52FDD" w:rsidRPr="00E52FDD" w:rsidRDefault="00E52FDD" w:rsidP="00E52FDD">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="5"/>
+        <w:ind w:left="3039" w:right="724" w:hanging="306"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6CF87B99" w14:textId="77777777" w:rsidR="00E52FDD" w:rsidRPr="00E52FDD" w:rsidRDefault="00E52FDD" w:rsidP="00E52FDD">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="5"/>
+        <w:ind w:left="3039" w:right="724" w:hanging="306"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E52FDD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    Word count: 150–250 words</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13AA84F6" w14:textId="77777777" w:rsidR="00E52FDD" w:rsidRPr="00E52FDD" w:rsidRDefault="00E52FDD" w:rsidP="00E52FDD">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="5"/>
+        <w:ind w:left="3039" w:right="724" w:hanging="306"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0FBB9149" w14:textId="77777777" w:rsidR="00E52FDD" w:rsidRPr="00E52FDD" w:rsidRDefault="00E52FDD" w:rsidP="00E52FDD">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="5"/>
+        <w:ind w:left="3039" w:right="724" w:hanging="306"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E52FDD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    Figures/tables: None</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29C14EAD" w14:textId="77777777" w:rsidR="00E52FDD" w:rsidRPr="00E52FDD" w:rsidRDefault="00E52FDD" w:rsidP="00E52FDD">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="5"/>
+        <w:ind w:left="3039" w:right="724" w:hanging="306"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="77F3FC51" w14:textId="77777777" w:rsidR="00E52FDD" w:rsidRPr="00E52FDD" w:rsidRDefault="00E52FDD" w:rsidP="00E52FDD">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="5"/>
+        <w:ind w:left="3039" w:right="724" w:hanging="306"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E52FDD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    References: ≤5</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6623957A" w14:textId="77777777" w:rsidR="00E52FDD" w:rsidRPr="00E52FDD" w:rsidRDefault="00E52FDD" w:rsidP="00E52FDD">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="5"/>
+        <w:ind w:left="3039" w:right="724" w:hanging="306"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7E2A524B" w14:textId="77777777" w:rsidR="00E52FDD" w:rsidRPr="00E52FDD" w:rsidRDefault="00E52FDD" w:rsidP="00E52FDD">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="5"/>
+        <w:ind w:left="3039" w:right="724" w:hanging="306"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E52FDD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    Include full correspondence details.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38A3F371" w14:textId="77777777" w:rsidR="00E52FDD" w:rsidRPr="00E52FDD" w:rsidRDefault="00E52FDD" w:rsidP="00E52FDD">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="5"/>
+        <w:ind w:left="3039" w:right="724" w:hanging="306"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="04BF1AFC" w14:textId="77777777" w:rsidR="00E52FDD" w:rsidRPr="00E52FDD" w:rsidRDefault="00E52FDD" w:rsidP="00E52FDD">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="5"/>
+        <w:ind w:left="3039" w:right="724" w:hanging="306"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="18"/>
-[...115 lines deleted...]
-        <w:rPr>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E52FDD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
-          <w:iCs/>
-[...8 lines deleted...]
-        <w:rPr>
+        </w:rPr>
+        <w:t>2. Letters</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="327ADC5C" w14:textId="77777777" w:rsidR="00E52FDD" w:rsidRPr="00E52FDD" w:rsidRDefault="00E52FDD" w:rsidP="00E52FDD">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="5"/>
+        <w:ind w:left="3039" w:right="724" w:hanging="306"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2E6492B6" w14:textId="77777777" w:rsidR="00E52FDD" w:rsidRPr="00E52FDD" w:rsidRDefault="00E52FDD" w:rsidP="00E52FDD">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="5"/>
+        <w:ind w:left="3039" w:right="724" w:hanging="306"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E52FDD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    Short comments on current issues requiring immediate attention from the scientific community.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="635D0910" w14:textId="77777777" w:rsidR="00E52FDD" w:rsidRPr="00E52FDD" w:rsidRDefault="00E52FDD" w:rsidP="00E52FDD">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="5"/>
+        <w:ind w:left="3039" w:right="724" w:hanging="306"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="03318674" w14:textId="77777777" w:rsidR="00E52FDD" w:rsidRPr="00E52FDD" w:rsidRDefault="00E52FDD" w:rsidP="00E52FDD">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="5"/>
+        <w:ind w:left="3039" w:right="724" w:hanging="306"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E52FDD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    Word count: ≤500 words</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1DFFC93D" w14:textId="77777777" w:rsidR="00E52FDD" w:rsidRPr="00E52FDD" w:rsidRDefault="00E52FDD" w:rsidP="00E52FDD">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="5"/>
+        <w:ind w:left="3039" w:right="724" w:hanging="306"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="78D7EC5F" w14:textId="77777777" w:rsidR="00E52FDD" w:rsidRPr="00E52FDD" w:rsidRDefault="00E52FDD" w:rsidP="00E52FDD">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="5"/>
+        <w:ind w:left="3039" w:right="724" w:hanging="306"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E52FDD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    Figures/tables: None</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E93E6BC" w14:textId="77777777" w:rsidR="00E52FDD" w:rsidRPr="00E52FDD" w:rsidRDefault="00E52FDD" w:rsidP="00E52FDD">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="5"/>
+        <w:ind w:left="3039" w:right="724" w:hanging="306"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5B077544" w14:textId="77777777" w:rsidR="00E52FDD" w:rsidRPr="00E52FDD" w:rsidRDefault="00E52FDD" w:rsidP="00E52FDD">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="5"/>
+        <w:ind w:left="3039" w:right="724" w:hanging="306"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E52FDD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    References: ≤5</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="482A89AB" w14:textId="77777777" w:rsidR="00E52FDD" w:rsidRPr="00E52FDD" w:rsidRDefault="00E52FDD" w:rsidP="00E52FDD">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="5"/>
+        <w:ind w:left="3039" w:right="724" w:hanging="306"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="22F04867" w14:textId="77777777" w:rsidR="00E52FDD" w:rsidRPr="00E52FDD" w:rsidRDefault="00E52FDD" w:rsidP="00E52FDD">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="5"/>
+        <w:ind w:left="3039" w:right="724" w:hanging="306"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E52FDD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    Maximum of two authors.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="771664BE" w14:textId="77777777" w:rsidR="00E52FDD" w:rsidRPr="00E52FDD" w:rsidRDefault="00E52FDD" w:rsidP="00E52FDD">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="5"/>
+        <w:ind w:left="3039" w:right="724" w:hanging="306"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3123B83F" w14:textId="77777777" w:rsidR="00E52FDD" w:rsidRPr="00E52FDD" w:rsidRDefault="00E52FDD" w:rsidP="00E52FDD">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="5"/>
+        <w:ind w:left="3039" w:right="724" w:hanging="306"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
-          <w:iCs/>
-[...170 lines deleted...]
-        <w:rPr>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E52FDD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="18"/>
-[...7 lines deleted...]
-        <w:rPr>
+        </w:rPr>
+        <w:t>3. Research Articles</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42602007" w14:textId="77777777" w:rsidR="00E52FDD" w:rsidRPr="00E52FDD" w:rsidRDefault="00E52FDD" w:rsidP="00E52FDD">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="5"/>
+        <w:ind w:left="3039" w:right="724" w:hanging="306"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7CB98FE5" w14:textId="77777777" w:rsidR="00E52FDD" w:rsidRPr="00E52FDD" w:rsidRDefault="00E52FDD" w:rsidP="00E52FDD">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="5"/>
+        <w:ind w:left="3039" w:right="724" w:hanging="306"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E52FDD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    Present original research with significant advancement to the field.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75D23ED9" w14:textId="77777777" w:rsidR="00E52FDD" w:rsidRPr="00E52FDD" w:rsidRDefault="00E52FDD" w:rsidP="00E52FDD">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="5"/>
+        <w:ind w:left="3039" w:right="724" w:hanging="306"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1DC1F203" w14:textId="77777777" w:rsidR="00E52FDD" w:rsidRPr="00E52FDD" w:rsidRDefault="00E52FDD" w:rsidP="00E52FDD">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="5"/>
+        <w:ind w:left="3039" w:right="724" w:hanging="306"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E52FDD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    Must follow the standard structure:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="346E1536" w14:textId="77777777" w:rsidR="00E52FDD" w:rsidRPr="00E52FDD" w:rsidRDefault="00E52FDD" w:rsidP="00E52FDD">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="5"/>
+        <w:ind w:left="3039" w:right="724" w:hanging="306"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7E309453" w14:textId="77777777" w:rsidR="00E52FDD" w:rsidRPr="00E52FDD" w:rsidRDefault="00E52FDD" w:rsidP="00E52FDD">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="5"/>
+        <w:ind w:left="3039" w:right="724" w:hanging="306"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E52FDD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t>Abstract [150–250 words] – Summarize purpose, principal results, and major conclusions. Avoid citations and undefined abbreviations.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28B740F2" w14:textId="77777777" w:rsidR="00E52FDD" w:rsidRPr="00E52FDD" w:rsidRDefault="00E52FDD" w:rsidP="00E52FDD">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="5"/>
+        <w:ind w:left="3039" w:right="724" w:hanging="306"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="19434315" w14:textId="77777777" w:rsidR="00E52FDD" w:rsidRPr="00E52FDD" w:rsidRDefault="00E52FDD" w:rsidP="00E52FDD">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="5"/>
+        <w:ind w:left="3039" w:right="724" w:hanging="306"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E52FDD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t>Keywords: keyword1, keyword2, keyword3, keyword4, keyword5</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="447134D3" w14:textId="77777777" w:rsidR="00E52FDD" w:rsidRPr="00E52FDD" w:rsidRDefault="00E52FDD" w:rsidP="00E52FDD">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="5"/>
+        <w:ind w:left="3039" w:right="724" w:hanging="306"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="46046555" w14:textId="77777777" w:rsidR="00E52FDD" w:rsidRPr="00E52FDD" w:rsidRDefault="00E52FDD" w:rsidP="00E52FDD">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="5"/>
+        <w:ind w:left="3039" w:right="724" w:hanging="306"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E52FDD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t>Sections:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31B05030" w14:textId="77777777" w:rsidR="00E52FDD" w:rsidRPr="00E52FDD" w:rsidRDefault="00E52FDD" w:rsidP="00E52FDD">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="5"/>
+        <w:ind w:left="3039" w:right="724" w:hanging="306"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="540100E7" w14:textId="77777777" w:rsidR="00E52FDD" w:rsidRPr="00E52FDD" w:rsidRDefault="00E52FDD" w:rsidP="00E52FDD">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="5"/>
+        <w:ind w:left="3039" w:right="724" w:hanging="306"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E52FDD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    Introduction – Background, problem, research gap, study objective</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="458C71FD" w14:textId="77777777" w:rsidR="00E52FDD" w:rsidRPr="00E52FDD" w:rsidRDefault="00E52FDD" w:rsidP="00E52FDD">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="5"/>
+        <w:ind w:left="3039" w:right="724" w:hanging="306"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="37FDC91B" w14:textId="77777777" w:rsidR="00E52FDD" w:rsidRPr="00E52FDD" w:rsidRDefault="00E52FDD" w:rsidP="00E52FDD">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="5"/>
+        <w:ind w:left="3039" w:right="724" w:hanging="306"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E52FDD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    Materials and Methods – Sufficient detail for reproducibility</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E18F49E" w14:textId="77777777" w:rsidR="00E52FDD" w:rsidRPr="00E52FDD" w:rsidRDefault="00E52FDD" w:rsidP="00E52FDD">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="5"/>
+        <w:ind w:left="3039" w:right="724" w:hanging="306"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3E6D02C7" w14:textId="77777777" w:rsidR="00E52FDD" w:rsidRPr="00E52FDD" w:rsidRDefault="00E52FDD" w:rsidP="00E52FDD">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="5"/>
+        <w:ind w:left="3039" w:right="724" w:hanging="306"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E52FDD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">        Figure 1: [Caption]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77105AAA" w14:textId="77777777" w:rsidR="00E52FDD" w:rsidRPr="00E52FDD" w:rsidRDefault="00E52FDD" w:rsidP="00E52FDD">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="5"/>
+        <w:ind w:left="3039" w:right="724" w:hanging="306"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="49732BCF" w14:textId="77777777" w:rsidR="00E52FDD" w:rsidRPr="00E52FDD" w:rsidRDefault="00E52FDD" w:rsidP="00E52FDD">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="5"/>
+        <w:ind w:left="3039" w:right="724" w:hanging="306"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E52FDD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">        Table 1: [Caption]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62648E5F" w14:textId="77777777" w:rsidR="00E52FDD" w:rsidRPr="00E52FDD" w:rsidRDefault="00E52FDD" w:rsidP="00E52FDD">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="5"/>
+        <w:ind w:left="3039" w:right="724" w:hanging="306"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="46B6BB1D" w14:textId="77777777" w:rsidR="00E52FDD" w:rsidRPr="00E52FDD" w:rsidRDefault="00E52FDD" w:rsidP="00E52FDD">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="5"/>
+        <w:ind w:left="3039" w:right="724" w:hanging="306"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E52FDD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">        Results – Present findings clearly; use tables/figures as needed</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B3510E3" w14:textId="77777777" w:rsidR="00E52FDD" w:rsidRPr="00E52FDD" w:rsidRDefault="00E52FDD" w:rsidP="00E52FDD">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="5"/>
+        <w:ind w:left="3039" w:right="724" w:hanging="306"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6DD5CDFF" w14:textId="77777777" w:rsidR="00E52FDD" w:rsidRPr="00E52FDD" w:rsidRDefault="00E52FDD" w:rsidP="00E52FDD">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="5"/>
+        <w:ind w:left="3039" w:right="724" w:hanging="306"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E52FDD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    Discussion – Interpret results, compare with previous studies, explain significance</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E4CA14E" w14:textId="77777777" w:rsidR="00E52FDD" w:rsidRPr="00E52FDD" w:rsidRDefault="00E52FDD" w:rsidP="00E52FDD">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="5"/>
+        <w:ind w:left="3039" w:right="724" w:hanging="306"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1CD4F5F2" w14:textId="77777777" w:rsidR="00E52FDD" w:rsidRPr="00E52FDD" w:rsidRDefault="00E52FDD" w:rsidP="00E52FDD">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="5"/>
+        <w:ind w:left="3039" w:right="724" w:hanging="306"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E52FDD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    Conclusion – Summarize key findings, novelty, potential applications</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30EBF8C4" w14:textId="77777777" w:rsidR="00E52FDD" w:rsidRPr="00E52FDD" w:rsidRDefault="00E52FDD" w:rsidP="00E52FDD">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="5"/>
+        <w:ind w:left="3039" w:right="724" w:hanging="306"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="67B3455A" w14:textId="77777777" w:rsidR="00E52FDD" w:rsidRPr="00E52FDD" w:rsidRDefault="00E52FDD" w:rsidP="00E52FDD">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="5"/>
+        <w:ind w:left="3039" w:right="724" w:hanging="306"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E52FDD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    Acknowledgments (optional, ≤50 words) – Funding, institutional support, or contributions</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="637878D7" w14:textId="77777777" w:rsidR="00E52FDD" w:rsidRPr="00E52FDD" w:rsidRDefault="00E52FDD" w:rsidP="00E52FDD">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="5"/>
+        <w:ind w:left="3039" w:right="724" w:hanging="306"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1FC0C692" w14:textId="77777777" w:rsidR="00E52FDD" w:rsidRPr="00E52FDD" w:rsidRDefault="00E52FDD" w:rsidP="00E52FDD">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="5"/>
+        <w:ind w:left="3039" w:right="724" w:hanging="306"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E52FDD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    References – Follow journal style</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="418E892F" w14:textId="77777777" w:rsidR="00E52FDD" w:rsidRPr="00E52FDD" w:rsidRDefault="00E52FDD" w:rsidP="00E52FDD">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="5"/>
+        <w:ind w:left="3039" w:right="724" w:hanging="306"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1431A81E" w14:textId="77777777" w:rsidR="00E52FDD" w:rsidRPr="00E52FDD" w:rsidRDefault="00E52FDD" w:rsidP="00E52FDD">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="5"/>
+        <w:ind w:left="3039" w:right="724" w:hanging="306"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="18"/>
-[...1602 lines deleted...]
-        <w:rPr>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E52FDD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="18"/>
-[...9 lines deleted...]
-        <w:rPr>
+        </w:rPr>
+        <w:t>4. Reviews</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="500B4AC8" w14:textId="77777777" w:rsidR="00E52FDD" w:rsidRPr="00E52FDD" w:rsidRDefault="00E52FDD" w:rsidP="00E52FDD">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="5"/>
+        <w:ind w:left="3039" w:right="724" w:hanging="306"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5C40CA39" w14:textId="77777777" w:rsidR="00E52FDD" w:rsidRPr="00E52FDD" w:rsidRDefault="00E52FDD" w:rsidP="00E52FDD">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="5"/>
+        <w:ind w:left="3039" w:right="724" w:hanging="306"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E52FDD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    Summarize and describe new interdisciplinary developments.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C9AD84E" w14:textId="77777777" w:rsidR="00E52FDD" w:rsidRPr="00E52FDD" w:rsidRDefault="00E52FDD" w:rsidP="00E52FDD">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="5"/>
+        <w:ind w:left="3039" w:right="724" w:hanging="306"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1B68FBE2" w14:textId="77777777" w:rsidR="00E52FDD" w:rsidRPr="00E52FDD" w:rsidRDefault="00E52FDD" w:rsidP="00E52FDD">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="5"/>
+        <w:ind w:left="3039" w:right="724" w:hanging="306"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E52FDD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    Propose future research directions.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2593D4E3" w14:textId="77777777" w:rsidR="00E52FDD" w:rsidRPr="00E52FDD" w:rsidRDefault="00E52FDD" w:rsidP="00E52FDD">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="5"/>
+        <w:ind w:left="3039" w:right="724" w:hanging="306"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="335ABC64" w14:textId="77777777" w:rsidR="00E52FDD" w:rsidRPr="00E52FDD" w:rsidRDefault="00E52FDD" w:rsidP="00E52FDD">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="5"/>
+        <w:ind w:left="3039" w:right="724" w:hanging="306"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E52FDD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    Include abstract, introduction, subheadings, and future research section.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3AFA1D73" w14:textId="77777777" w:rsidR="00E52FDD" w:rsidRPr="00E52FDD" w:rsidRDefault="00E52FDD" w:rsidP="00E52FDD">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="5"/>
+        <w:ind w:left="3039" w:right="724" w:hanging="306"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="28488571" w14:textId="77777777" w:rsidR="00E52FDD" w:rsidRPr="00E52FDD" w:rsidRDefault="00E52FDD" w:rsidP="00E52FDD">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="5"/>
+        <w:ind w:left="3039" w:right="724" w:hanging="306"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
-          <w:iCs/>
-[...8 lines deleted...]
-        <w:rPr>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E52FDD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
-          <w:iCs/>
-[...349 lines deleted...]
-        <w:rPr>
+        </w:rPr>
+        <w:t>5. Methods and Protocols</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01341087" w14:textId="77777777" w:rsidR="00E52FDD" w:rsidRPr="00E52FDD" w:rsidRDefault="00E52FDD" w:rsidP="00E52FDD">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="5"/>
+        <w:ind w:left="3039" w:right="724" w:hanging="306"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="456AC1AA" w14:textId="77777777" w:rsidR="00E52FDD" w:rsidRPr="00E52FDD" w:rsidRDefault="00E52FDD" w:rsidP="00E52FDD">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="5"/>
+        <w:ind w:left="3039" w:right="724" w:hanging="306"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E52FDD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    Describe new or improved experimental, engineering, scientific, or computational methods.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B94808F" w14:textId="77777777" w:rsidR="00E52FDD" w:rsidRPr="00E52FDD" w:rsidRDefault="00E52FDD" w:rsidP="00E52FDD">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="5"/>
+        <w:ind w:left="3039" w:right="724" w:hanging="306"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7B14BF2B" w14:textId="77777777" w:rsidR="00E52FDD" w:rsidRPr="00E52FDD" w:rsidRDefault="00E52FDD" w:rsidP="00E52FDD">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="5"/>
+        <w:ind w:left="3039" w:right="724" w:hanging="306"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E52FDD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    Must include validation and application to a research question.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65F6D0ED" w14:textId="77777777" w:rsidR="00E52FDD" w:rsidRPr="00E52FDD" w:rsidRDefault="00E52FDD" w:rsidP="00E52FDD">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="5"/>
+        <w:ind w:left="3039" w:right="724" w:hanging="306"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="48B9FB20" w14:textId="77777777" w:rsidR="00E52FDD" w:rsidRPr="00E52FDD" w:rsidRDefault="00E52FDD" w:rsidP="00E52FDD">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="5"/>
+        <w:ind w:left="3039" w:right="724" w:hanging="306"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E52FDD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    Provide detailed methodology and performance assessment for immediate reproducibility.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21E3CB1A" w14:textId="77777777" w:rsidR="00E52FDD" w:rsidRPr="00E52FDD" w:rsidRDefault="00E52FDD" w:rsidP="00E52FDD">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="5"/>
+        <w:ind w:left="3039" w:right="724" w:hanging="306"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3AF35B12" w14:textId="77777777" w:rsidR="00E52FDD" w:rsidRPr="00E52FDD" w:rsidRDefault="00E52FDD" w:rsidP="00E52FDD">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="5"/>
+        <w:ind w:left="3039" w:right="724" w:hanging="306"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="18"/>
-[...4315 lines deleted...]
-        <w:rPr>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E52FDD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="18"/>
-[...10 lines deleted...]
-        <w:rPr>
+        </w:rPr>
+        <w:t>6. Software, Databases, and Datasets</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24F984FA" w14:textId="77777777" w:rsidR="00E52FDD" w:rsidRPr="00E52FDD" w:rsidRDefault="00E52FDD" w:rsidP="00E52FDD">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="5"/>
+        <w:ind w:left="3039" w:right="724" w:hanging="306"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="136F3095" w14:textId="77777777" w:rsidR="00E52FDD" w:rsidRPr="00E52FDD" w:rsidRDefault="00E52FDD" w:rsidP="00E52FDD">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="5"/>
+        <w:ind w:left="3039" w:right="724" w:hanging="306"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E52FDD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    Software: Describe computational tools, algorithms, web servers, or services representing significant advancement. Include performance comparisons.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2BA77BBA" w14:textId="77777777" w:rsidR="00E52FDD" w:rsidRPr="00E52FDD" w:rsidRDefault="00E52FDD" w:rsidP="00E52FDD">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="5"/>
+        <w:ind w:left="3039" w:right="724" w:hanging="306"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="53425FDE" w14:textId="77777777" w:rsidR="00E52FDD" w:rsidRPr="00E52FDD" w:rsidRDefault="00E52FDD" w:rsidP="00E52FDD">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="5"/>
+        <w:ind w:left="3039" w:right="724" w:hanging="306"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E52FDD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    Databases: Novel, publicly accessible databases with validated sources. Must be testable by anonymous reviewers.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3464A490" w14:textId="77777777" w:rsidR="00E52FDD" w:rsidRPr="00E52FDD" w:rsidRDefault="00E52FDD" w:rsidP="00E52FDD">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="5"/>
+        <w:ind w:left="3039" w:right="724" w:hanging="306"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1409E4C8" w14:textId="77777777" w:rsidR="00E52FDD" w:rsidRPr="00E52FDD" w:rsidRDefault="00E52FDD" w:rsidP="00E52FDD">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="5"/>
+        <w:ind w:left="3039" w:right="724" w:hanging="306"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E52FDD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    Datasets: Provide research datasets for archiving, documentation, and distribution.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A9A9689" w14:textId="77777777" w:rsidR="00E52FDD" w:rsidRPr="00E52FDD" w:rsidRDefault="00E52FDD" w:rsidP="00E52FDD">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="5"/>
+        <w:ind w:left="3039" w:right="724" w:hanging="306"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="778DE35A" w14:textId="77777777" w:rsidR="00E52FDD" w:rsidRPr="00E52FDD" w:rsidRDefault="00E52FDD" w:rsidP="00E52FDD">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="5"/>
+        <w:ind w:left="3039" w:right="724" w:hanging="306"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E52FDD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    All software and data must be freely available for non-commercial use, with availability clearly stated.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1957EEE1" w14:textId="77777777" w:rsidR="00E52FDD" w:rsidRPr="00E52FDD" w:rsidRDefault="00E52FDD" w:rsidP="00E52FDD">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="5"/>
+        <w:ind w:left="3039" w:right="724" w:hanging="306"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5D73F8E4" w14:textId="77777777" w:rsidR="00E52FDD" w:rsidRPr="00E52FDD" w:rsidRDefault="00E52FDD" w:rsidP="00E52FDD">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="5"/>
+        <w:ind w:left="3039" w:right="724" w:hanging="306"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="18"/>
-[...18 lines deleted...]
-        <w:rPr>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E52FDD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="18"/>
-[...249 lines deleted...]
-        <w:rPr>
+        </w:rPr>
+        <w:t>Format of Paper</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="452023C9" w14:textId="77777777" w:rsidR="00E52FDD" w:rsidRPr="00E52FDD" w:rsidRDefault="00E52FDD" w:rsidP="00E52FDD">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="5"/>
+        <w:ind w:left="3039" w:right="724" w:hanging="306"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7D09B181" w14:textId="77777777" w:rsidR="00E52FDD" w:rsidRPr="00E52FDD" w:rsidRDefault="00E52FDD" w:rsidP="00E52FDD">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="5"/>
+        <w:ind w:left="3039" w:right="724" w:hanging="306"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E52FDD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t>Manuscript File (AJSI Word Template)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77EB99BF" w14:textId="77777777" w:rsidR="00E52FDD" w:rsidRPr="00E52FDD" w:rsidRDefault="00E52FDD" w:rsidP="00E52FDD">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="5"/>
+        <w:ind w:left="3039" w:right="724" w:hanging="306"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="24762634" w14:textId="77777777" w:rsidR="00E52FDD" w:rsidRPr="00E52FDD" w:rsidRDefault="00E52FDD" w:rsidP="00E52FDD">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="5"/>
+        <w:ind w:left="3039" w:right="724" w:hanging="306"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E52FDD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    Articles may be prepared in simple Word format or using the AJSI Word Template.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63A46F6E" w14:textId="77777777" w:rsidR="00E52FDD" w:rsidRPr="00E52FDD" w:rsidRDefault="00E52FDD" w:rsidP="00E52FDD">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="5"/>
+        <w:ind w:left="3039" w:right="724" w:hanging="306"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3653C74C" w14:textId="77777777" w:rsidR="00E52FDD" w:rsidRPr="00E52FDD" w:rsidRDefault="00E52FDD" w:rsidP="00E52FDD">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="5"/>
+        <w:ind w:left="3039" w:right="724" w:hanging="306"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E52FDD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">        Main manuscript (excluding abstract and references): 3,500–9,000 words</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47117D82" w14:textId="77777777" w:rsidR="00E52FDD" w:rsidRPr="00E52FDD" w:rsidRDefault="00E52FDD" w:rsidP="00E52FDD">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="5"/>
+        <w:ind w:left="3039" w:right="724" w:hanging="306"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0508C856" w14:textId="77777777" w:rsidR="00E52FDD" w:rsidRPr="00E52FDD" w:rsidRDefault="00E52FDD" w:rsidP="00E52FDD">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="5"/>
+        <w:ind w:left="3039" w:right="724" w:hanging="306"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E52FDD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">        Font: Arial, size 9</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3CFA3221" w14:textId="77777777" w:rsidR="00E52FDD" w:rsidRPr="00E52FDD" w:rsidRDefault="00E52FDD" w:rsidP="00E52FDD">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="5"/>
+        <w:ind w:left="3039" w:right="724" w:hanging="306"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6562003E" w14:textId="77777777" w:rsidR="00E52FDD" w:rsidRPr="00E52FDD" w:rsidRDefault="00E52FDD" w:rsidP="00E52FDD">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="5"/>
+        <w:ind w:left="3039" w:right="724" w:hanging="306"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E52FDD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">        Manuscript Length and Font</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7BB025B5" w14:textId="77777777" w:rsidR="00E52FDD" w:rsidRPr="00E52FDD" w:rsidRDefault="00E52FDD" w:rsidP="00E52FDD">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="5"/>
+        <w:ind w:left="3039" w:right="724" w:hanging="306"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2FA39321" w14:textId="77777777" w:rsidR="00E52FDD" w:rsidRPr="00E52FDD" w:rsidRDefault="00E52FDD" w:rsidP="00E52FDD">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="5"/>
+        <w:ind w:left="3039" w:right="724" w:hanging="306"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E52FDD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">        Must provide an official institutional email address in the manuscript.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="315034ED" w14:textId="77777777" w:rsidR="00E52FDD" w:rsidRPr="00E52FDD" w:rsidRDefault="00E52FDD" w:rsidP="00E52FDD">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="5"/>
+        <w:ind w:left="3039" w:right="724" w:hanging="306"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6D0B3D10" w14:textId="77777777" w:rsidR="00E52FDD" w:rsidRPr="00E52FDD" w:rsidRDefault="00E52FDD" w:rsidP="00E52FDD">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="5"/>
+        <w:ind w:left="3039" w:right="724" w:hanging="306"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E52FDD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">        Corresponding Author</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63328E44" w14:textId="77777777" w:rsidR="00E52FDD" w:rsidRPr="00E52FDD" w:rsidRDefault="00E52FDD" w:rsidP="00E52FDD">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="5"/>
+        <w:ind w:left="3039" w:right="724" w:hanging="306"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="25889F7F" w14:textId="77777777" w:rsidR="00E52FDD" w:rsidRPr="00E52FDD" w:rsidRDefault="00E52FDD" w:rsidP="00E52FDD">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="5"/>
+        <w:ind w:left="3039" w:right="724" w:hanging="306"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="18"/>
-[...18 lines deleted...]
-        <w:rPr>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E52FDD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="18"/>
-[...105 lines deleted...]
-        <w:rPr>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Abstract</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="055B87FB" w14:textId="77777777" w:rsidR="00E52FDD" w:rsidRPr="00E52FDD" w:rsidRDefault="00E52FDD" w:rsidP="00E52FDD">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="5"/>
+        <w:ind w:left="3039" w:right="724" w:hanging="306"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="237C6E8B" w14:textId="77777777" w:rsidR="00E52FDD" w:rsidRPr="00E52FDD" w:rsidRDefault="00E52FDD" w:rsidP="00E52FDD">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="5"/>
+        <w:ind w:left="3039" w:right="724" w:hanging="306"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E52FDD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    Concise and accurate summary of the research.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77A99379" w14:textId="77777777" w:rsidR="00E52FDD" w:rsidRPr="00E52FDD" w:rsidRDefault="00E52FDD" w:rsidP="00E52FDD">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="5"/>
+        <w:ind w:left="3039" w:right="724" w:hanging="306"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3F8B8603" w14:textId="77777777" w:rsidR="00E52FDD" w:rsidRPr="00E52FDD" w:rsidRDefault="00E52FDD" w:rsidP="00E52FDD">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="5"/>
+        <w:ind w:left="3039" w:right="724" w:hanging="306"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E52FDD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    Should state purpose, principal results, and major conclusions.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66A10112" w14:textId="77777777" w:rsidR="00E52FDD" w:rsidRPr="00E52FDD" w:rsidRDefault="00E52FDD" w:rsidP="00E52FDD">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="5"/>
+        <w:ind w:left="3039" w:right="724" w:hanging="306"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="49B30387" w14:textId="77777777" w:rsidR="00E52FDD" w:rsidRPr="00E52FDD" w:rsidRDefault="00E52FDD" w:rsidP="00E52FDD">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="5"/>
+        <w:ind w:left="3039" w:right="724" w:hanging="306"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E52FDD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    Must be self-contained; avoid references unless essential, which should be cited in full.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="739B32C6" w14:textId="77777777" w:rsidR="00E52FDD" w:rsidRPr="00E52FDD" w:rsidRDefault="00E52FDD" w:rsidP="00E52FDD">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="5"/>
+        <w:ind w:left="3039" w:right="724" w:hanging="306"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="23F7C2E1" w14:textId="77777777" w:rsidR="00E52FDD" w:rsidRPr="00E52FDD" w:rsidRDefault="00E52FDD" w:rsidP="00E52FDD">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="5"/>
+        <w:ind w:left="3039" w:right="724" w:hanging="306"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E52FDD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    Avoid uncommon abbreviations; if necessary, define them at first mention in the abstract.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72FBE942" w14:textId="77777777" w:rsidR="00E52FDD" w:rsidRPr="00E52FDD" w:rsidRDefault="00E52FDD" w:rsidP="00E52FDD">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="5"/>
+        <w:ind w:left="3039" w:right="724" w:hanging="306"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="453079AB" w14:textId="77777777" w:rsidR="00E52FDD" w:rsidRPr="00E52FDD" w:rsidRDefault="00E52FDD" w:rsidP="00E52FDD">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="5"/>
+        <w:ind w:left="3039" w:right="724" w:hanging="306"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E52FDD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    Word count: 150–250 words</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6FB87627" w14:textId="77777777" w:rsidR="00E52FDD" w:rsidRPr="00E52FDD" w:rsidRDefault="00E52FDD" w:rsidP="00E52FDD">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="5"/>
+        <w:ind w:left="3039" w:right="724" w:hanging="306"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="129998A0" w14:textId="77777777" w:rsidR="00E52FDD" w:rsidRPr="00661632" w:rsidRDefault="00E52FDD" w:rsidP="00E52FDD">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="5"/>
+        <w:ind w:left="3039" w:right="724" w:hanging="306"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
-          <w:iCs/>
-[...389 lines deleted...]
-        <w:rPr>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00661632">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="18"/>
-[...21 lines deleted...]
-        <w:rPr>
+        </w:rPr>
+        <w:t>Keywords</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2980FF87" w14:textId="77777777" w:rsidR="00E52FDD" w:rsidRPr="00E52FDD" w:rsidRDefault="00E52FDD" w:rsidP="00E52FDD">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="5"/>
+        <w:ind w:left="3039" w:right="724" w:hanging="306"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="54D7A9DF" w14:textId="77777777" w:rsidR="00E52FDD" w:rsidRPr="00E52FDD" w:rsidRDefault="00E52FDD" w:rsidP="00E52FDD">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="5"/>
+        <w:ind w:left="3039" w:right="724" w:hanging="306"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E52FDD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    Provide up to 5 keywords immediately after the abstract.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="709CA2F4" w14:textId="77777777" w:rsidR="00E52FDD" w:rsidRPr="00E52FDD" w:rsidRDefault="00E52FDD" w:rsidP="00E52FDD">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="5"/>
+        <w:ind w:left="3039" w:right="724" w:hanging="306"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="44246DC4" w14:textId="77777777" w:rsidR="00E52FDD" w:rsidRPr="00E52FDD" w:rsidRDefault="00E52FDD" w:rsidP="00E52FDD">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="5"/>
+        <w:ind w:left="3039" w:right="724" w:hanging="306"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E52FDD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    Avoid general, plural terms and multiple concepts (e.g., “</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E52FDD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t>and,</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E52FDD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t>” “of”).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4493CD19" w14:textId="77777777" w:rsidR="00E52FDD" w:rsidRPr="00E52FDD" w:rsidRDefault="00E52FDD" w:rsidP="00E52FDD">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="5"/>
+        <w:ind w:left="3039" w:right="724" w:hanging="306"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="75300A33" w14:textId="77777777" w:rsidR="00E52FDD" w:rsidRPr="00E52FDD" w:rsidRDefault="00E52FDD" w:rsidP="00E52FDD">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="5"/>
+        <w:ind w:left="3039" w:right="724" w:hanging="306"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E52FDD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    Limit abbreviations to those firmly established in the field.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F0449BA" w14:textId="77777777" w:rsidR="00E52FDD" w:rsidRPr="00E52FDD" w:rsidRDefault="00E52FDD" w:rsidP="00E52FDD">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="5"/>
+        <w:ind w:left="3039" w:right="724" w:hanging="306"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="728D4081" w14:textId="77777777" w:rsidR="00E52FDD" w:rsidRPr="00E52FDD" w:rsidRDefault="00E52FDD" w:rsidP="00E52FDD">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="5"/>
+        <w:ind w:left="3039" w:right="724" w:hanging="306"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E52FDD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    Separate keywords with commas (”,”) for indexing purposes.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2FF09032" w14:textId="77777777" w:rsidR="00E52FDD" w:rsidRPr="00E52FDD" w:rsidRDefault="00E52FDD" w:rsidP="00E52FDD">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="5"/>
+        <w:ind w:left="3039" w:right="724" w:hanging="306"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3AD8A741" w14:textId="77777777" w:rsidR="00E52FDD" w:rsidRPr="00E52FDD" w:rsidRDefault="00E52FDD" w:rsidP="00E52FDD">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="5"/>
+        <w:ind w:left="3039" w:right="724" w:hanging="306"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="18"/>
-[...7 lines deleted...]
-        <w:rPr>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E52FDD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="18"/>
-[...1945 lines deleted...]
-        <w:rPr>
+        </w:rPr>
+        <w:t>Article Structure</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24954155" w14:textId="77777777" w:rsidR="00E52FDD" w:rsidRPr="00E52FDD" w:rsidRDefault="00E52FDD" w:rsidP="00E52FDD">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="5"/>
+        <w:ind w:left="3039" w:right="724" w:hanging="306"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0CF80FC1" w14:textId="77777777" w:rsidR="00E52FDD" w:rsidRPr="00E52FDD" w:rsidRDefault="00E52FDD" w:rsidP="00E52FDD">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="5"/>
+        <w:ind w:left="3039" w:right="724" w:hanging="306"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E52FDD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    Divide manuscript into clearly defined sections.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23812998" w14:textId="77777777" w:rsidR="00E52FDD" w:rsidRPr="00E52FDD" w:rsidRDefault="00E52FDD" w:rsidP="00E52FDD">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="5"/>
+        <w:ind w:left="3039" w:right="724" w:hanging="306"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2D2574D3" w14:textId="77777777" w:rsidR="00E52FDD" w:rsidRPr="00E52FDD" w:rsidRDefault="00E52FDD" w:rsidP="00E52FDD">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="5"/>
+        <w:ind w:left="3039" w:right="724" w:hanging="306"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E52FDD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    Subsections may have brief headings on their own line.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10FF9CDF" w14:textId="77777777" w:rsidR="00E52FDD" w:rsidRPr="00E52FDD" w:rsidRDefault="00E52FDD" w:rsidP="00E52FDD">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="5"/>
+        <w:ind w:left="3039" w:right="724" w:hanging="306"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3931BECD" w14:textId="77777777" w:rsidR="00E52FDD" w:rsidRPr="00E52FDD" w:rsidRDefault="00E52FDD" w:rsidP="00E52FDD">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="5"/>
+        <w:ind w:left="3039" w:right="724" w:hanging="306"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E52FDD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t>Recommended sections include:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44718342" w14:textId="77777777" w:rsidR="00E52FDD" w:rsidRPr="00E52FDD" w:rsidRDefault="00E52FDD" w:rsidP="00E52FDD">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="5"/>
+        <w:ind w:left="3039" w:right="724" w:hanging="306"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="51C54B13" w14:textId="77777777" w:rsidR="00E52FDD" w:rsidRPr="00E52FDD" w:rsidRDefault="00E52FDD" w:rsidP="00E52FDD">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="5"/>
+        <w:ind w:left="3039" w:right="724" w:hanging="306"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E52FDD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    Introduction – Background, research problem, gap, and objective</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18DDF86A" w14:textId="77777777" w:rsidR="00E52FDD" w:rsidRPr="00E52FDD" w:rsidRDefault="00E52FDD" w:rsidP="00E52FDD">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="5"/>
+        <w:ind w:left="3039" w:right="724" w:hanging="306"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="168FAC30" w14:textId="77777777" w:rsidR="00E52FDD" w:rsidRPr="00E52FDD" w:rsidRDefault="00E52FDD" w:rsidP="00E52FDD">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="5"/>
+        <w:ind w:left="3039" w:right="724" w:hanging="306"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E52FDD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    Materials and Methods – Detailed enough for reproducibility</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20CD7153" w14:textId="77777777" w:rsidR="00E52FDD" w:rsidRPr="00E52FDD" w:rsidRDefault="00E52FDD" w:rsidP="00E52FDD">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="5"/>
+        <w:ind w:left="3039" w:right="724" w:hanging="306"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0481465C" w14:textId="77777777" w:rsidR="00E52FDD" w:rsidRPr="00E52FDD" w:rsidRDefault="00E52FDD" w:rsidP="00E52FDD">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="5"/>
+        <w:ind w:left="3039" w:right="724" w:hanging="306"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E52FDD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    Results – Present findings clearly; use tables/figures</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E74FCA7" w14:textId="77777777" w:rsidR="00E52FDD" w:rsidRPr="00E52FDD" w:rsidRDefault="00E52FDD" w:rsidP="00E52FDD">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="5"/>
+        <w:ind w:left="3039" w:right="724" w:hanging="306"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="190D8C94" w14:textId="77777777" w:rsidR="00E52FDD" w:rsidRPr="00E52FDD" w:rsidRDefault="00E52FDD" w:rsidP="00E52FDD">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="5"/>
+        <w:ind w:left="3039" w:right="724" w:hanging="306"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E52FDD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    Discussion – Interpret results, compare with previous studies, explain significance</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37D6D19F" w14:textId="77777777" w:rsidR="00E52FDD" w:rsidRPr="00E52FDD" w:rsidRDefault="00E52FDD" w:rsidP="00E52FDD">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="5"/>
+        <w:ind w:left="3039" w:right="724" w:hanging="306"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4734A205" w14:textId="77777777" w:rsidR="00E52FDD" w:rsidRPr="00E52FDD" w:rsidRDefault="00E52FDD" w:rsidP="00E52FDD">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="5"/>
+        <w:ind w:left="3039" w:right="724" w:hanging="306"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E52FDD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    Conclusion – Summarize key findings, novelty, and potential applications</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49386AD0" w14:textId="77777777" w:rsidR="00E52FDD" w:rsidRPr="00E52FDD" w:rsidRDefault="00E52FDD" w:rsidP="00E52FDD">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="5"/>
+        <w:ind w:left="3039" w:right="724" w:hanging="306"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="146694F7" w14:textId="77777777" w:rsidR="00E52FDD" w:rsidRPr="00E52FDD" w:rsidRDefault="00E52FDD" w:rsidP="00E52FDD">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="5"/>
+        <w:ind w:left="3039" w:right="724" w:hanging="306"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E52FDD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    Acknowledgments (optional, ≤50 words) – Funding, institutional support, contributions</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E6D94AF" w14:textId="77777777" w:rsidR="00E52FDD" w:rsidRPr="00E52FDD" w:rsidRDefault="00E52FDD" w:rsidP="00E52FDD">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="5"/>
+        <w:ind w:left="3039" w:right="724" w:hanging="306"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0CEDC5F5" w14:textId="77777777" w:rsidR="00E52FDD" w:rsidRPr="00E52FDD" w:rsidRDefault="00E52FDD" w:rsidP="00E52FDD">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="5"/>
+        <w:ind w:left="3039" w:right="724" w:hanging="306"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00661632">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="16"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve">National </w:t>
+        </w:rPr>
+        <w:t xml:space="preserve">    References</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52FDD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – Follow journal style.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18D00D51" w14:textId="77777777" w:rsidR="00E52FDD" w:rsidRPr="00E52FDD" w:rsidRDefault="00E52FDD" w:rsidP="00E52FDD">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="5"/>
+        <w:ind w:left="3039" w:right="724" w:hanging="306"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="009B9094" w14:textId="77777777" w:rsidR="00E52FDD" w:rsidRPr="00E52FDD" w:rsidRDefault="00E52FDD" w:rsidP="00E52FDD">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="5"/>
+        <w:ind w:left="3039" w:right="724" w:hanging="306"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E52FDD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t>Acknowledgements</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B06416C" w14:textId="77777777" w:rsidR="00E52FDD" w:rsidRPr="00E52FDD" w:rsidRDefault="00E52FDD" w:rsidP="00E52FDD">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="5"/>
+        <w:ind w:left="3039" w:right="724" w:hanging="306"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6A08CD43" w14:textId="77777777" w:rsidR="00E52FDD" w:rsidRPr="00E52FDD" w:rsidRDefault="00E52FDD" w:rsidP="00E52FDD">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="5"/>
+        <w:ind w:left="3039" w:right="724" w:hanging="306"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E52FDD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t>A brief acknowledgment of no more than 50 words should be included at the end of the manuscript, before the references. Acknowledgments may recognize funding bodies, institutions/universities/organizations, or individuals.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6EB76079" w14:textId="77777777" w:rsidR="00E52FDD" w:rsidRPr="00E52FDD" w:rsidRDefault="00E52FDD" w:rsidP="00E52FDD">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="5"/>
+        <w:ind w:left="3039" w:right="724" w:hanging="306"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0BFCF9B2" w14:textId="77777777" w:rsidR="00E52FDD" w:rsidRPr="00E52FDD" w:rsidRDefault="00E52FDD" w:rsidP="00E52FDD">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="5"/>
+        <w:ind w:left="3039" w:right="724" w:hanging="306"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E52FDD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t>Examples:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0303DF2F" w14:textId="77777777" w:rsidR="00E52FDD" w:rsidRPr="00E52FDD" w:rsidRDefault="00E52FDD" w:rsidP="00E52FDD">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="5"/>
+        <w:ind w:left="3039" w:right="724" w:hanging="306"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4695C66C" w14:textId="77777777" w:rsidR="00E52FDD" w:rsidRPr="00E52FDD" w:rsidRDefault="00E52FDD" w:rsidP="00E52FDD">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="5"/>
+        <w:ind w:left="3039" w:right="724" w:hanging="306"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E52FDD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    Funding body: This work was supported by the Trust [grant numbers </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00E145CB">
-[...7 lines deleted...]
-        <w:t>Center</w:t>
+      <w:r w:rsidRPr="00E52FDD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t>xxxx</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00E145CB">
-[...17 lines deleted...]
-        <w:ind w:left="3039" w:right="738" w:hanging="306"/>
+      <w:r w:rsidRPr="00E52FDD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E52FDD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t>yyyy</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E52FDD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">], the Natural Environment Research Council [grant number zzzz], and the Economic and Social Research Council [grant number </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E52FDD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t>aaaa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E52FDD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t>].</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7AE9E77D" w14:textId="77777777" w:rsidR="00E52FDD" w:rsidRPr="00E52FDD" w:rsidRDefault="00E52FDD" w:rsidP="00E52FDD">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="5"/>
+        <w:ind w:left="3039" w:right="724" w:hanging="306"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7A629779" w14:textId="77777777" w:rsidR="00E52FDD" w:rsidRPr="00E52FDD" w:rsidRDefault="00E52FDD" w:rsidP="00E52FDD">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="5"/>
+        <w:ind w:left="3039" w:right="724" w:hanging="306"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E52FDD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    Institution/Organization: We thank XYZ University for their valuable feedback and support throughout this research.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="335A00E8" w14:textId="77777777" w:rsidR="00E52FDD" w:rsidRPr="00E52FDD" w:rsidRDefault="00E52FDD" w:rsidP="00E52FDD">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="5"/>
+        <w:ind w:left="3039" w:right="724" w:hanging="306"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1EE1992D" w14:textId="77777777" w:rsidR="00E52FDD" w:rsidRPr="00E52FDD" w:rsidRDefault="00E52FDD" w:rsidP="00E52FDD">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="5"/>
+        <w:ind w:left="3039" w:right="724" w:hanging="306"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E52FDD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    Individual: We sincerely thank Professor John Doe for his guidance and insights, which were invaluable in shaping this research and overcoming challenges.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FBE2578" w14:textId="77777777" w:rsidR="00E52FDD" w:rsidRPr="00E52FDD" w:rsidRDefault="00E52FDD" w:rsidP="00E52FDD">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="5"/>
+        <w:ind w:left="3039" w:right="724" w:hanging="306"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4CB0496E" w14:textId="77777777" w:rsidR="00E52FDD" w:rsidRPr="00E52FDD" w:rsidRDefault="00E52FDD" w:rsidP="00E52FDD">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="5"/>
+        <w:ind w:left="3039" w:right="724" w:hanging="306"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E52FDD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Reference Style</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21FDDCD3" w14:textId="77777777" w:rsidR="00E52FDD" w:rsidRPr="00E52FDD" w:rsidRDefault="00E52FDD" w:rsidP="00E52FDD">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="5"/>
+        <w:ind w:left="3039" w:right="724" w:hanging="306"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="230D58A8" w14:textId="77777777" w:rsidR="00E52FDD" w:rsidRPr="00E52FDD" w:rsidRDefault="00E52FDD" w:rsidP="00E52FDD">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="5"/>
+        <w:ind w:left="3039" w:right="724" w:hanging="306"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E52FDD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t>General Guidelines</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="520EDBE1" w14:textId="77777777" w:rsidR="00E52FDD" w:rsidRPr="00E52FDD" w:rsidRDefault="00E52FDD" w:rsidP="00E52FDD">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="5"/>
+        <w:ind w:left="3039" w:right="724" w:hanging="306"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1F161F15" w14:textId="77777777" w:rsidR="00E52FDD" w:rsidRPr="00E52FDD" w:rsidRDefault="00E52FDD" w:rsidP="00E52FDD">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="5"/>
+        <w:ind w:left="3039" w:right="724" w:hanging="306"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E52FDD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    There are no strict reference formatting requirements at submission, but references must be consistent in style.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2EB32206" w14:textId="77777777" w:rsidR="00E52FDD" w:rsidRPr="00E52FDD" w:rsidRDefault="00E52FDD" w:rsidP="00E52FDD">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="5"/>
+        <w:ind w:left="3039" w:right="724" w:hanging="306"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6E219A81" w14:textId="292D1F44" w:rsidR="00AD2AB8" w:rsidRPr="00E52FDD" w:rsidRDefault="00E52FDD" w:rsidP="00E52FDD">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="5"/>
+        <w:ind w:left="3039" w:right="724" w:hanging="306"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:bCs/>
-[...193 lines deleted...]
-        <w:ind w:left="3039" w:right="738" w:hanging="306"/>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E52FDD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    Each reference should include, where applicable: author(s),</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06B17032" w14:textId="77777777" w:rsidR="00E52FDD" w:rsidRPr="00E52FDD" w:rsidRDefault="00E52FDD">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="5"/>
+        <w:ind w:left="3039" w:right="724" w:hanging="306"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:bCs/>
-[...847 lines deleted...]
-      <w:footerReference w:type="default" r:id="rId37"/>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00E52FDD" w:rsidRPr="00E52FDD" w:rsidSect="00A66B89">
+      <w:headerReference w:type="default" r:id="rId13"/>
+      <w:footerReference w:type="even" r:id="rId14"/>
+      <w:footerReference w:type="default" r:id="rId15"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1162" w:right="0" w:bottom="1418" w:left="743" w:header="601" w:footer="873" w:gutter="0"/>
-      <w:pgNumType w:start="202"/>
+      <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2949E39A" w14:textId="77777777" w:rsidR="00DF41AB" w:rsidRDefault="00DF41AB">
+    <w:p w14:paraId="2140AF61" w14:textId="77777777" w:rsidR="00281D40" w:rsidRDefault="00281D40">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1EEC7C9E" w14:textId="77777777" w:rsidR="00DF41AB" w:rsidRDefault="00DF41AB">
+    <w:p w14:paraId="6FB49156" w14:textId="77777777" w:rsidR="00281D40" w:rsidRDefault="00281D40">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="4D"/>
+    <w:family w:val="decorative"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="decorative"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="TimesNewRomanPSMT">
     <w:altName w:val="MS Gothic"/>
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Helvetica">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="5000785B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:id w:val="-1561394482"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtContent>
-      <w:p w14:paraId="0B4A8E54" w14:textId="77777777" w:rsidR="00E145CB" w:rsidRDefault="00E145CB" w:rsidP="004A4D25">
+      <w:p w14:paraId="0B4A8E54" w14:textId="77777777" w:rsidR="00E145CB" w:rsidRDefault="00E145CB" w:rsidP="00A66B89">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
-          <w:framePr w:wrap="none" w:vAnchor="text" w:hAnchor="margin" w:xAlign="right" w:y="1"/>
+          <w:framePr w:wrap="none" w:vAnchor="text" w:hAnchor="margin" w:y="1"/>
           <w:rPr>
             <w:rStyle w:val="PageNumber"/>
           </w:rPr>
         </w:pPr>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="PageNumber"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="PageNumber"/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGE </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="PageNumber"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
-  <w:p w14:paraId="4642DD98" w14:textId="77777777" w:rsidR="00E145CB" w:rsidRDefault="00E145CB" w:rsidP="00394E5C">
+  <w:p w14:paraId="4642DD98" w14:textId="77777777" w:rsidR="00E145CB" w:rsidRDefault="00E145CB" w:rsidP="00A66B89">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
-      <w:ind w:right="360"/>
+      <w:ind w:right="360" w:firstLine="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
-      <w:id w:val="-1515369487"/>
+      <w:rPr>
+        <w:rStyle w:val="PageNumber"/>
+      </w:rPr>
+      <w:id w:val="445576913"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
-    <w:sdtEndPr>
-[...3 lines deleted...]
-    </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w14:paraId="09126D76" w14:textId="4AB3DD7B" w:rsidR="00402393" w:rsidRDefault="00402393">
+      <w:p w14:paraId="07E70DEE" w14:textId="1C79B11D" w:rsidR="00A66B89" w:rsidRDefault="00A66B89" w:rsidP="008A36BC">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
-          <w:jc w:val="center"/>
+          <w:framePr w:wrap="none" w:vAnchor="text" w:hAnchor="margin" w:y="1"/>
+          <w:rPr>
+            <w:rStyle w:val="PageNumber"/>
+          </w:rPr>
         </w:pPr>
         <w:r>
+          <w:rPr>
+            <w:rStyle w:val="PageNumber"/>
+          </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
-          <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
+          <w:rPr>
+            <w:rStyle w:val="PageNumber"/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGE </w:instrText>
         </w:r>
         <w:r>
+          <w:rPr>
+            <w:rStyle w:val="PageNumber"/>
+          </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
+            <w:rStyle w:val="PageNumber"/>
             <w:noProof/>
           </w:rPr>
-          <w:t>2</w:t>
+          <w:t>1</w:t>
         </w:r>
         <w:r>
           <w:rPr>
-            <w:noProof/>
+            <w:rStyle w:val="PageNumber"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
+  <w:p w14:paraId="09126D76" w14:textId="610BB466" w:rsidR="00402393" w:rsidRDefault="00402393" w:rsidP="00A66B89">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+      <w:ind w:firstLine="360"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+  </w:p>
   <w:p w14:paraId="114A0513" w14:textId="1BDD04EB" w:rsidR="00E145CB" w:rsidRDefault="00E145CB" w:rsidP="00394E5C">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:ind w:right="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6DA9A647" w14:textId="77777777" w:rsidR="00DF41AB" w:rsidRDefault="00DF41AB">
+    <w:p w14:paraId="5AD2FB7F" w14:textId="77777777" w:rsidR="00281D40" w:rsidRDefault="00281D40">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="27A2E20F" w14:textId="77777777" w:rsidR="00DF41AB" w:rsidRDefault="00DF41AB">
+    <w:p w14:paraId="0ADAE4B5" w14:textId="77777777" w:rsidR="00281D40" w:rsidRDefault="00281D40">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="71E83BD5" w14:textId="4C05D7C0" w:rsidR="00E145CB" w:rsidRDefault="003313C8">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="71E83BD5" w14:textId="38C21C65" w:rsidR="00E145CB" w:rsidRDefault="0064526E">
     <w:pPr>
       <w:pStyle w:val="BodyText"/>
       <w:spacing w:line="14" w:lineRule="auto"/>
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman"/>
         <w:noProof/>
         <w:sz w:val="25"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251672576" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1732C05C" wp14:editId="6A6F09ED">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251670528" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="156E6987" wp14:editId="0711190C">
+              <wp:simplePos x="0" y="0"/>
+              <wp:positionH relativeFrom="column">
+                <wp:posOffset>-95249</wp:posOffset>
+              </wp:positionH>
+              <wp:positionV relativeFrom="paragraph">
+                <wp:posOffset>-214630</wp:posOffset>
+              </wp:positionV>
+              <wp:extent cx="1637440" cy="1133475"/>
+              <wp:effectExtent l="0" t="0" r="0" b="0"/>
+              <wp:wrapNone/>
+              <wp:docPr id="3" name="Text Box 3"/>
+              <wp:cNvGraphicFramePr/>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1"/>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="1637440" cy="1133475"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln w="6350">
+                        <a:noFill/>
+                      </a:ln>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w14:paraId="1043191A" w14:textId="77777777" w:rsidR="00BF39E9" w:rsidRDefault="00295276" w:rsidP="00BF39E9">
+                          <w:pPr>
+                            <w:rPr>
+                              <w:b/>
+                              <w:bCs/>
+                              <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+                              <w:sz w:val="72"/>
+                              <w:szCs w:val="72"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r w:rsidRPr="00295276">
+                            <w:rPr>
+                              <w:b/>
+                              <w:bCs/>
+                              <w:color w:val="009EDE"/>
+                              <w:sz w:val="72"/>
+                              <w:szCs w:val="72"/>
+                            </w:rPr>
+                            <w:t>A</w:t>
+                          </w:r>
+                          <w:r w:rsidRPr="00295276">
+                            <w:rPr>
+                              <w:b/>
+                              <w:bCs/>
+                              <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+                              <w:sz w:val="72"/>
+                              <w:szCs w:val="72"/>
+                            </w:rPr>
+                            <w:t>JSI</w:t>
+                          </w:r>
+                        </w:p>
+                        <w:p w14:paraId="5AD5625F" w14:textId="482C1347" w:rsidR="002F3FEE" w:rsidRPr="00BF39E9" w:rsidRDefault="00BF39E9" w:rsidP="00BF39E9">
+                          <w:pPr>
+                            <w:rPr>
+                              <w:b/>
+                              <w:bCs/>
+                              <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+                              <w:sz w:val="72"/>
+                              <w:szCs w:val="72"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r w:rsidRPr="00BF39E9">
+                            <w:rPr>
+                              <w:sz w:val="18"/>
+                              <w:szCs w:val="18"/>
+                              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                            </w:rPr>
+                            <w:t>Advanced Journal of Science and Innovation</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                      <a:prstTxWarp prst="textNoShape">
+                        <a:avLst/>
+                      </a:prstTxWarp>
+                      <a:noAutofit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+              <wp14:sizeRelH relativeFrom="margin">
+                <wp14:pctWidth>0</wp14:pctWidth>
+              </wp14:sizeRelH>
+              <wp14:sizeRelV relativeFrom="margin">
+                <wp14:pctHeight>0</wp14:pctHeight>
+              </wp14:sizeRelV>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shapetype w14:anchorId="156E6987" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:stroke joinstyle="miter"/>
+              <v:path gradientshapeok="t" o:connecttype="rect"/>
+            </v:shapetype>
+            <v:shape id="Text Box 3" o:spid="_x0000_s1030" type="#_x0000_t202" style="position:absolute;margin-left:-7.5pt;margin-top:-16.9pt;width:128.95pt;height:89.25pt;z-index:251670528;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#13;&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#13;&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#13;&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#13;&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#13;&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#13;&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#13;&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#13;&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#13;&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#13;&#10;IQBZwfdDFQIAAC0EAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO2yAQfa/Uf0C8N45zba04q3RXqSpF&#13;&#10;uytlq30mGGJLmKFAYqdf3wE7F237tNoXGDjDXM4ZFndtrchRWFeBzmk6GFIiNIei0vuc/npZf/lK&#13;&#10;ifNMF0yBFjk9CUfvlp8/LRqTiRGUoAphCQbRLmtMTkvvTZYkjpeiZm4ARmgEJdiaeTzafVJY1mD0&#13;&#10;WiWj4XCWNGALY4EL5/D2oQPpMsaXUnD/JKUTnqicYm0+rjauu7AmywXL9paZsuJ9GewdVdSs0pj0&#13;&#10;EuqBeUYOtvonVF1xCw6kH3CoE5Cy4iL2gN2kwzfdbEtmROwFyXHmQpP7uLD88bg1z5b49ju0KGAg&#13;&#10;pDEuc3gZ+mmlrcOOlRLEkcLThTbResLDo9l4PpkgxBFL0/F4Mp+GOMn1ubHO/xBQk2Dk1KIukS52&#13;&#10;3DjfuZ5dQjYN60qpqI3SpMnpbDwdxgcXBIMrjTmuxQbLt7u272AHxQkbs9Bp7gxfV5h8w5x/ZhZF&#13;&#10;xoJxcP0TLlIBJoHeoqQE++d/98EfuUeUkgaHJqfu94FZQYn6qVGVb2nkwcfDZDofYQ57i+xuEX2o&#13;&#10;7wHnMsUvYng0g79XZ1NaqF9xvlchK0JMc8ydU3827303yvg/uFitohPOlWF+o7eGh9CBzkDtS/vK&#13;&#10;rOn59yjdI5zHi2VvZOh8OyFWBw+yihoFgjtWe95xJqPK/f8JQ397jl7XX778CwAA//8DAFBLAwQU&#13;&#10;AAYACAAAACEAOHfaE+cAAAAQAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/DMAyF70j8h8hI3LZ0&#13;&#10;XQejazpNRRMSgsPGLtzSxmsrGqc02Vb49ZgTXCxbfn5+X7YebSfOOPjWkYLZNAKBVDnTUq3g8Lad&#13;&#10;LEH4oMnozhEq+EIP6/z6KtOpcRfa4XkfasEm5FOtoAmhT6X0VYNW+6nrkXh3dIPVgcehlmbQFza3&#13;&#10;nYyj6E5a3RJ/aHSPRYPVx/5kFTwX21e9K2O7/O6Kp5fjpv88vC+Uur0ZH1dcNisQAcfwdwG/DJwf&#13;&#10;cg5WuhMZLzoFk9mCgQI38zmDsCJO4gcQJUuT5B5knsn/IPkPAAAA//8DAFBLAQItABQABgAIAAAA&#13;&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#13;&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#13;&#10;FAAGAAgAAAAhAFnB90MVAgAALQQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#13;&#10;Ai0AFAAGAAgAAAAhADh32hPnAAAAEAEAAA8AAAAAAAAAAAAAAAAAbwQAAGRycy9kb3ducmV2Lnht&#13;&#10;bFBLBQYAAAAABAAEAPMAAACDBQAAAAA=&#13;&#10;" filled="f" stroked="f" strokeweight=".5pt">
+              <v:textbox>
+                <w:txbxContent>
+                  <w:p w14:paraId="1043191A" w14:textId="77777777" w:rsidR="00BF39E9" w:rsidRDefault="00295276" w:rsidP="00BF39E9">
+                    <w:pPr>
+                      <w:rPr>
+                        <w:b/>
+                        <w:bCs/>
+                        <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+                        <w:sz w:val="72"/>
+                        <w:szCs w:val="72"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r w:rsidRPr="00295276">
+                      <w:rPr>
+                        <w:b/>
+                        <w:bCs/>
+                        <w:color w:val="009EDE"/>
+                        <w:sz w:val="72"/>
+                        <w:szCs w:val="72"/>
+                      </w:rPr>
+                      <w:t>A</w:t>
+                    </w:r>
+                    <w:r w:rsidRPr="00295276">
+                      <w:rPr>
+                        <w:b/>
+                        <w:bCs/>
+                        <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+                        <w:sz w:val="72"/>
+                        <w:szCs w:val="72"/>
+                      </w:rPr>
+                      <w:t>JSI</w:t>
+                    </w:r>
+                  </w:p>
+                  <w:p w14:paraId="5AD5625F" w14:textId="482C1347" w:rsidR="002F3FEE" w:rsidRPr="00BF39E9" w:rsidRDefault="00BF39E9" w:rsidP="00BF39E9">
+                    <w:pPr>
+                      <w:rPr>
+                        <w:b/>
+                        <w:bCs/>
+                        <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+                        <w:sz w:val="72"/>
+                        <w:szCs w:val="72"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r w:rsidRPr="00BF39E9">
+                      <w:rPr>
+                        <w:sz w:val="18"/>
+                        <w:szCs w:val="18"/>
+                        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                      </w:rPr>
+                      <w:t>Advanced Journal of Science and Innovation</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
+    <w:r w:rsidR="003313C8">
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman"/>
+        <w:noProof/>
+        <w:sz w:val="25"/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251672576" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1732C05C" wp14:editId="7B3F1F23">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>1547495</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-115927</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="5643245" cy="328295"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapSquare wrapText="bothSides"/>
               <wp:docPr id="1273884391" name="Text Box 1273884391"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="5643245" cy="328295"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="6350">
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="234B1707" w14:textId="4E1AA014" w:rsidR="003313C8" w:rsidRPr="003313C8" w:rsidRDefault="003313C8" w:rsidP="003313C8">
+                        <w:p w14:paraId="234B1707" w14:textId="0FAA7B37" w:rsidR="003313C8" w:rsidRPr="003313C8" w:rsidRDefault="002D7919" w:rsidP="003313C8">
                           <w:pPr>
                             <w:rPr>
                               <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
                               <w:b/>
                               <w:bCs/>
                               <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                             </w:rPr>
                           </w:pPr>
-                          <w:r w:rsidRPr="003313C8">
-[...10 lines deleted...]
-                          </w:r>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
                               <w:b/>
                               <w:bCs/>
                               <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                             </w:rPr>
-                            <w:t>-824</w:t>
+                            <w:t>ZM. Jacson</w:t>
+                          </w:r>
+                          <w:r w:rsidR="00421B44">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+                              <w:b/>
+                              <w:bCs/>
+                              <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+                              <w:sz w:val="20"/>
+                              <w:szCs w:val="20"/>
+                              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve"> </w:t>
+                          </w:r>
+                          <w:r w:rsidR="00BF39E9" w:rsidRPr="00BF39E9">
+                            <w:rPr>
+                              <w:sz w:val="18"/>
+                              <w:szCs w:val="18"/>
+                              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve">Advanced Journal of Science and Innovation </w:t>
+                          </w:r>
+                          <w:r w:rsidR="00BF39E9">
+                            <w:rPr>
+                              <w:sz w:val="18"/>
+                              <w:szCs w:val="18"/>
+                              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                            </w:rPr>
+                            <w:t>(AJSI)</w:t>
+                          </w:r>
+                          <w:r w:rsidR="00BF39E9" w:rsidRPr="003313C8">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+                              <w:b/>
+                              <w:bCs/>
+                              <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+                              <w:sz w:val="20"/>
+                              <w:szCs w:val="20"/>
+                              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve"> </w:t>
+                          </w:r>
+                          <w:r w:rsidR="003313C8" w:rsidRPr="003313C8">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+                              <w:b/>
+                              <w:bCs/>
+                              <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+                              <w:sz w:val="20"/>
+                              <w:szCs w:val="20"/>
+                              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve">Vol. </w:t>
+                          </w:r>
+                          <w:r w:rsidR="00E153FB">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+                              <w:b/>
+                              <w:bCs/>
+                              <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+                              <w:sz w:val="20"/>
+                              <w:szCs w:val="20"/>
+                              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                            </w:rPr>
+                            <w:t>01</w:t>
+                          </w:r>
+                          <w:r w:rsidR="003313C8" w:rsidRPr="003313C8">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+                              <w:b/>
+                              <w:bCs/>
+                              <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+                              <w:sz w:val="20"/>
+                              <w:szCs w:val="20"/>
+                              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                            </w:rPr>
+                            <w:t>(202</w:t>
+                          </w:r>
+                          <w:r w:rsidR="00E153FB">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+                              <w:b/>
+                              <w:bCs/>
+                              <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+                              <w:sz w:val="20"/>
+                              <w:szCs w:val="20"/>
+                              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                            </w:rPr>
+                            <w:t>6</w:t>
+                          </w:r>
+                          <w:r w:rsidR="003313C8" w:rsidRPr="003313C8">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+                              <w:b/>
+                              <w:bCs/>
+                              <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+                              <w:sz w:val="20"/>
+                              <w:szCs w:val="20"/>
+                              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve">) </w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shapetype w14:anchorId="1732C05C" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
-[...3 lines deleted...]
-            <v:shape id="Text Box 1273884391" o:spid="_x0000_s1038" type="#_x0000_t202" style="position:absolute;margin-left:121.85pt;margin-top:-9.15pt;width:444.35pt;height:25.85pt;z-index:-251643904;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA++1LzGAIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8lu2zAQvRfIPxC817LlpYlgOXASuChg&#10;JAGcIGeaIi0BFIclaUvu13dIyQvSnopeqBnOaJb3Huf3ba3IQVhXgc7paDCkRGgORaV3OX1/W329&#10;pcR5pgumQIucHoWj94ubL/PGZCKFElQhLMEi2mWNyWnpvcmSxPFS1MwNwAiNQQm2Zh5du0sKyxqs&#10;XqskHQ5nSQO2MBa4cA5vn7ogXcT6UgruX6R0whOVU5zNx9PGcxvOZDFn2c4yU1a8H4P9wxQ1qzQ2&#10;PZd6Yp6Rva3+KFVX3IID6Qcc6gSkrLiIO+A2o+GnbTYlMyLuguA4c4bJ/b+y/PmwMa+W+PYBWiQw&#10;ANIYlzm8DPu00tbhi5MSjCOExzNsovWE4+V0NhmnkyklHGPj9Da9m4YyyeVvY53/LqAmwcipRVoi&#10;Wuywdr5LPaWEZhpWlVKRGqVJk9PZeDqMP5wjWFxp7HGZNVi+3bb9AlsojriXhY5yZ/iqwuZr5vwr&#10;s8gxroK69S94SAXYBHqLkhLsr7/dh3yEHqOUNKiZnLqfe2YFJeqHRlLuRpNJEFl0JtNvKTr2OrK9&#10;juh9/QgoyxG+EMOjGfK9OpnSQv2B8l6GrhhimmPvnPqT+eg7JePz4GK5jEkoK8P8Wm8MD6UDnAHa&#10;t/aDWdPj75G5Zzipi2WfaOhyOyKWew+yihwFgDtUe9xRkpHl/vkEzV/7MevyyBe/AQAA//8DAFBL&#10;AwQUAAYACAAAACEAPxCIIuIAAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPy07DMBBF90j8gzVI&#10;7FrnBUQhk6qKVCEhWLR0w86Jp0mEHyF228DX467KcnSP7j1Trmat2IkmN1iDEC8jYGRaKwfTIew/&#10;NoscmPPCSKGsIYQfcrCqbm9KUUh7Nls67XzHQolxhUDovR8Lzl3bkxZuaUcyITvYSQsfzqnjchLn&#10;UK4VT6LokWsxmLDQi5Hqntqv3VEjvNabd7FtEp3/qvrl7bAev/efD4j3d/P6GZin2V9huOgHdaiC&#10;U2OPRjqmEJIsfQoowiLOU2AXIk6TDFiDkKYZ8Krk/3+o/gAAAP//AwBQSwECLQAUAAYACAAAACEA&#10;toM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQA&#10;BgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQA&#10;BgAIAAAAIQA++1LzGAIAACwEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQIt&#10;ABQABgAIAAAAIQA/EIgi4gAAAAsBAAAPAAAAAAAAAAAAAAAAAHIEAABkcnMvZG93bnJldi54bWxQ&#10;SwUGAAAAAAQABADzAAAAgQUAAAAA&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape w14:anchorId="1732C05C" id="Text Box 1273884391" o:spid="_x0000_s1031" type="#_x0000_t202" style="position:absolute;margin-left:121.85pt;margin-top:-9.15pt;width:444.35pt;height:25.85pt;z-index:-251643904;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#13;&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#13;&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#13;&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#13;&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#13;&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#13;&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#13;&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#13;&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#13;&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#13;&#10;IQDJTrnnGgIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8lu2zAQvRfoPxC817LlpYlgOXATuCgQ&#13;&#10;JAGcIGeaIi0BJIclaUvu13dIeUPaU9ELNcMZzfLe4/yu04rshfMNmJKOBkNKhOFQNWZb0rfX1Zcb&#13;&#10;SnxgpmIKjCjpQXh6t/j8ad7aQuRQg6qEI1jE+KK1Ja1DsEWWeV4LzfwArDAYlOA0C+i6bVY51mJ1&#13;&#10;rbJ8OJxlLbjKOuDCe7x96IN0kepLKXh4ltKLQFRJcbaQTpfOTTyzxZwVW8ds3fDjGOwfptCsMdj0&#13;&#10;XOqBBUZ2rvmjlG64Aw8yDDjoDKRsuEg74Daj4Ydt1jWzIu2C4Hh7hsn/v7L8ab+2L46E7ht0SGAE&#13;&#10;pLW+8HgZ9+mk0/GLkxKMI4SHM2yiC4Tj5XQ2GeeTKSUcY+P8Jr+dxjLZ5W/rfPguQJNolNQhLQkt&#13;&#10;tn/0oU89pcRmBlaNUokaZUhb0tl4Okw/nCNYXBnscZk1WqHbdKSprvbYQHXA9Rz0zHvLVw3O8Mh8&#13;&#10;eGEOqcaNUL7hGQ+pAHvB0aKkBvfrb/cxHxnAKCUtSqek/ueOOUGJ+mGQm9vRZBK1lpzJ9GuOjruO&#13;&#10;bK4jZqfvAdU5wodieTJjflAnUzrQ76jyZeyKIWY49i5pOJn3oRc0vhIulsuUhOqyLDyateWxdEQ1&#13;&#10;IvzavTNnjzQEJPAJTiJjxQc2+tyej+UugGwSVRHnHtUj/KjMRPbxFUXpX/sp6/LWF78BAAD//wMA&#13;&#10;UEsDBBQABgAIAAAAIQAZLJMK5QAAABABAAAPAAAAZHJzL2Rvd25yZXYueG1sTE+7TsMwFN2R+Afr&#13;&#10;IrG1TuIAUZqbqgqqkBAdWrp0c2I3iepHiN028PW4EyxXOrrnWSwnrchFjq63BiGeR0CkaazoTYuw&#13;&#10;/1zPMiDOcyO4skYifEsHy/L+ruC5sFezlZedb0kwMS7nCJ33Q06pazqpuZvbQZrwO9pRcx/g2FIx&#13;&#10;8msw14omUfRMNe9NSOj4IKtONqfdWSO8V+sN39aJzn5U9fZxXA1f+8MT4uPD9LoIZ7UA4uXk/xRw&#13;&#10;2xD6QxmK1fZshCMKIUnZS6AizOKMAbkxYpakQGoExlKgZUH/Dyl/AQAA//8DAFBLAQItABQABgAI&#13;&#10;AAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsB&#13;&#10;Ai0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsB&#13;&#10;Ai0AFAAGAAgAAAAhAMlOuecaAgAAMwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1s&#13;&#10;UEsBAi0AFAAGAAgAAAAhABkskwrlAAAAEAEAAA8AAAAAAAAAAAAAAAAAdAQAAGRycy9kb3ducmV2&#13;&#10;LnhtbFBLBQYAAAAABAAEAPMAAACGBQAAAAA=&#13;&#10;" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w14:paraId="234B1707" w14:textId="4E1AA014" w:rsidR="003313C8" w:rsidRPr="003313C8" w:rsidRDefault="003313C8" w:rsidP="003313C8">
+                  <w:p w14:paraId="234B1707" w14:textId="0FAA7B37" w:rsidR="003313C8" w:rsidRPr="003313C8" w:rsidRDefault="002D7919" w:rsidP="003313C8">
                     <w:pPr>
                       <w:rPr>
                         <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
                         <w:b/>
                         <w:bCs/>
                         <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                       </w:rPr>
                     </w:pPr>
-                    <w:r w:rsidRPr="003313C8">
-[...10 lines deleted...]
-                    </w:r>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
                         <w:b/>
                         <w:bCs/>
                         <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                       </w:rPr>
-                      <w:t>-824</w:t>
+                      <w:t>ZM. Jacson</w:t>
+                    </w:r>
+                    <w:r w:rsidR="00421B44">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+                        <w:b/>
+                        <w:bCs/>
+                        <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> </w:t>
+                    </w:r>
+                    <w:r w:rsidR="00BF39E9" w:rsidRPr="00BF39E9">
+                      <w:rPr>
+                        <w:sz w:val="18"/>
+                        <w:szCs w:val="18"/>
+                        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve">Advanced Journal of Science and Innovation </w:t>
+                    </w:r>
+                    <w:r w:rsidR="00BF39E9">
+                      <w:rPr>
+                        <w:sz w:val="18"/>
+                        <w:szCs w:val="18"/>
+                        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                      </w:rPr>
+                      <w:t>(AJSI)</w:t>
+                    </w:r>
+                    <w:r w:rsidR="00BF39E9" w:rsidRPr="003313C8">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+                        <w:b/>
+                        <w:bCs/>
+                        <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> </w:t>
+                    </w:r>
+                    <w:r w:rsidR="003313C8" w:rsidRPr="003313C8">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+                        <w:b/>
+                        <w:bCs/>
+                        <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve">Vol. </w:t>
+                    </w:r>
+                    <w:r w:rsidR="00E153FB">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+                        <w:b/>
+                        <w:bCs/>
+                        <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                      </w:rPr>
+                      <w:t>01</w:t>
+                    </w:r>
+                    <w:r w:rsidR="003313C8" w:rsidRPr="003313C8">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+                        <w:b/>
+                        <w:bCs/>
+                        <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                      </w:rPr>
+                      <w:t>(202</w:t>
+                    </w:r>
+                    <w:r w:rsidR="00E153FB">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+                        <w:b/>
+                        <w:bCs/>
+                        <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                      </w:rPr>
+                      <w:t>6</w:t>
+                    </w:r>
+                    <w:r w:rsidR="003313C8" w:rsidRPr="003313C8">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+                        <w:b/>
+                        <w:bCs/>
+                        <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve">) </w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap type="square"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
-    <w:r w:rsidR="002F3FEE">
-[...229 lines deleted...]
-    </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="01490EA0"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="D8FA8CB8"/>
+    <w:lvl w:ilvl="0" w:tplc="04090003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2912" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3632" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4352" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5072" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5792" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6512" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7232" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7952" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8672" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="02B0510B"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="D656551E"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="040F5476"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="EC52BD08"/>
     <w:lvl w:ilvl="0" w:tplc="BD7A66C8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="[%1]"/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="3414" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4134" w:hanging="360"/>
       </w:pPr>
@@ -23195,51 +4235,953 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7734" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="8454" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="9174" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0687067B"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="A150F5D8"/>
+    <w:lvl w:ilvl="0" w:tplc="0409000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3272" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3992" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4712" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5432" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6152" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6872" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7592" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8312" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="9032" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="079923EE"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="338AB3A6"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="08320CC3"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="6C322364"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0BDB72B0"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="31A055A8"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7560" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8280" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="9000" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="127B29C1"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="C01C9520"/>
+    <w:lvl w:ilvl="0" w:tplc="14D6D0FA">
+      <w:start w:val="3"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2952" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3672" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4392" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5112" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5832" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6552" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7272" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7992" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8712" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="131B3880"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="E228B424"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2912" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2912" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3272" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3272" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3272" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3632" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3632" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3992" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3992" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="134D24FE"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="1A962F04"/>
+    <w:lvl w:ilvl="0" w:tplc="0409000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3272" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3992" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4712" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5432" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6152" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6872" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7592" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8312" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="9032" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="19004A4C"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="6F6A9B4C"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="2"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2912" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2912" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3272" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3272" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3272" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3632" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3632" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3992" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3992" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="201F05E7"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="201F05E7"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -23281,51 +5223,363 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="218D4700"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="1EB8CA50"/>
+    <w:lvl w:ilvl="0" w:tplc="0409000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3272" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3992" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4712" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5432" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6152" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6872" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7592" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8312" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="9032" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="21CA0C80"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="6A165296"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="3"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2912" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5824" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8376" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="10928" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="13840" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="16392" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="19304" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="21856" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="24C434B3"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="87F41A4E"/>
+    <w:lvl w:ilvl="0" w:tplc="00E47686">
+      <w:start w:val="3"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2912" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:eastAsia="Arial" w:hAnsi="Symbol" w:cs="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3632" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4352" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5072" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5792" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6512" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7232" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7952" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8672" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="28AD1F59"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A30A2F16"/>
     <w:lvl w:ilvl="0" w:tplc="BD7A66C8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="[%1]"/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="3414" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4134" w:hanging="360"/>
       </w:pPr>
@@ -23372,51 +5626,1044 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7734" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="8454" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="9174" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="28CA1038"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="CA22002A"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2FD06CD3"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="3064E4DC"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7200" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7920" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8640" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="31A55255"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="80129414"/>
+    <w:lvl w:ilvl="0" w:tplc="E0BA00A0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5464" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3992" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4712" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5432" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6152" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6872" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7592" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8312" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="9032" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="33A75126"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="80CA5E3C"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="35A66CC2"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="0706B648"/>
+    <w:lvl w:ilvl="0" w:tplc="E30A9A68">
+      <w:start w:val="3"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2912" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3632" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4352" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5072" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5792" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6512" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7232" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7952" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8672" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="37EA5470"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="3C760914"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7560" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8280" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="9000" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3865280B"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="959C1098"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1048" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1768" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2488" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3208" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3928" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4648" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5368" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6088" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="38A30A7A"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="1C2C1FB4"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="3"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2912" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5824" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8376" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="10928" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="13840" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="16392" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="19304" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="21856" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3E4D4FD0"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="29DAE996"/>
+    <w:lvl w:ilvl="0" w:tplc="E30A9A68">
+      <w:start w:val="3"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1408" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2128" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2848" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3568" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4288" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5008" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5728" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6448" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4514499E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F574F1D8"/>
     <w:lvl w:ilvl="0" w:tplc="A47EE1BA">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="[%1]"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3414" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4134" w:hanging="360"/>
       </w:pPr>
@@ -23463,51 +6710,1345 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7734" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="8454" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="9174" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="45CE40A1"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="E6B8D8A4"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2912" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="2"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2912" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3272" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3272" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3632" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3632" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3632" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3992" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3992" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4ABE2486"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="DE34F8C4"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3272" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3992" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4712" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5432" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6152" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6872" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7592" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8312" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="9032" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4E26401B"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="35E61644"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2912" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5824" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8376" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="11288" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="13840" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="16392" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="19304" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="21856" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4EF553E3"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="F4AADB2A"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2912" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3272" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3632" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3992" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4352" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4712" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5072" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5432" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5792" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4F5C2F8C"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="732E15D8"/>
+    <w:lvl w:ilvl="0" w:tplc="E0BA00A0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2871" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3591" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4311" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5031" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5751" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6471" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7191" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7911" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="8631" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="517A7E9A"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="5B5A054E"/>
+    <w:lvl w:ilvl="0" w:tplc="14D6D0FA">
+      <w:start w:val="3"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7560" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8280" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="9000" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="51EF75BA"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="6BC835A4"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2912" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3272" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3992" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4712" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5432" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6152" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6872" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7592" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8312" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="522812C0"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="01EACCA2"/>
+    <w:lvl w:ilvl="0" w:tplc="02F0012A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="center"/>
+      <w:pPr>
+        <w:ind w:left="2912" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3632" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4352" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5072" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5792" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6512" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7232" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7952" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="8672" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="34" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="57040C21"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="B2C83A44"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="C32ACEB0">
+      <w:start w:val="6"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7200" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7920" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8640" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="35" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5B9662AD"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="514435DC"/>
+    <w:lvl w:ilvl="0" w:tplc="7CBA5A80">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2912" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3632" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4352" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5072" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5792" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6512" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7232" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7952" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="8672" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="36" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="602D6B38"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="41D629EE"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="2"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2912" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5824" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8376" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="11288" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="13840" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="16392" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="19304" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="21856" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="37" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="61A96769"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="04090021"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="38" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="65EC6E2A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="298AFB10"/>
     <w:lvl w:ilvl="0" w:tplc="276CD420">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2885" w:hanging="115"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="SimSun" w:eastAsia="SimSun" w:hAnsi="SimSun" w:cs="SimSun" w:hint="default"/>
         <w:w w:val="104"/>
         <w:position w:val="2"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="en-US"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="4EC8D216">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3756" w:hanging="115"/>
@@ -23580,51 +8121,200 @@
     <w:lvl w:ilvl="7" w:tplc="CD22054E">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="9012" w:hanging="115"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="en-US"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="D73E00B2">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="9888" w:hanging="115"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="en-US"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="39" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="66213FA8"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="BC386030"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="40" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="67236E8B"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="67236E8B"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="(%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="397"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
         <w:bCs/>
         <w:i w:val="0"/>
         <w:iCs/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
@@ -23676,51 +8366,172 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5104" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5824" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6544" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="41" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="678B7C68"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="4CB2A416"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2912" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2912" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3272" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3272" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3272" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3632" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3632" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3992" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3992" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="42" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="69621D0D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="59CA1B48"/>
     <w:lvl w:ilvl="0" w:tplc="A47EE1BA">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="[%1]"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3414" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4134" w:hanging="360"/>
       </w:pPr>
@@ -23767,291 +8578,943 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7734" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="8454" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="9174" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
+  <w:abstractNum w:abstractNumId="43" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6C1820F8"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="44DC15F6"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="center"/>
+      <w:pPr>
+        <w:ind w:left="2912" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2912" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3272" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3272" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3272" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3632" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3632" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3992" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3992" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="44" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="74E54117"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="88D85294"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7560" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8280" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="9000" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="45" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="79FF00BC"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="A686FB7C"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3272" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3992" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4712" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5432" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6152" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6872" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7592" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8312" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="9032" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="46" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7E7C1F40"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="01EE6BC6"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="2"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="2"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2912" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5824" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8376" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="11288" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="13840" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="16392" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="19304" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="21856" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1381242006">
+    <w:abstractNumId w:val="40"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="1950771341">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="1358846789">
+    <w:abstractNumId w:val="38"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="520322681">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="424157429">
+    <w:abstractNumId w:val="25"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="407575947">
+    <w:abstractNumId w:val="42"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="1569533610">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="1295597501">
+    <w:abstractNumId w:val="28"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="678890742">
+    <w:abstractNumId w:val="26"/>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="1217936895">
+    <w:abstractNumId w:val="18"/>
+  </w:num>
+  <w:num w:numId="11" w16cid:durableId="1214734793">
+    <w:abstractNumId w:val="41"/>
+  </w:num>
+  <w:num w:numId="12" w16cid:durableId="336494382">
+    <w:abstractNumId w:val="37"/>
+  </w:num>
+  <w:num w:numId="13" w16cid:durableId="147718904">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="14" w16cid:durableId="1708145016">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="15" w16cid:durableId="1387875327">
+    <w:abstractNumId w:val="19"/>
+  </w:num>
+  <w:num w:numId="16" w16cid:durableId="1702170894">
+    <w:abstractNumId w:val="29"/>
+  </w:num>
+  <w:num w:numId="17" w16cid:durableId="223301649">
+    <w:abstractNumId w:val="36"/>
+  </w:num>
+  <w:num w:numId="18" w16cid:durableId="1599099088">
+    <w:abstractNumId w:val="45"/>
+  </w:num>
+  <w:num w:numId="19" w16cid:durableId="578950892">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="20" w16cid:durableId="1732269100">
+    <w:abstractNumId w:val="44"/>
+  </w:num>
+  <w:num w:numId="21" w16cid:durableId="880748503">
+    <w:abstractNumId w:val="31"/>
+  </w:num>
+  <w:num w:numId="22" w16cid:durableId="838695336">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="23" w16cid:durableId="948900522">
+    <w:abstractNumId w:val="32"/>
+  </w:num>
+  <w:num w:numId="24" w16cid:durableId="1864710542">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="25" w16cid:durableId="1437139314">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="26" w16cid:durableId="1448086721">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="27" w16cid:durableId="516192463">
+    <w:abstractNumId w:val="20"/>
+  </w:num>
+  <w:num w:numId="28" w16cid:durableId="2046297342">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="29" w16cid:durableId="39937621">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="1950771341">
-    <w:abstractNumId w:val="1"/>
+  <w:num w:numId="30" w16cid:durableId="968437073">
+    <w:abstractNumId w:val="39"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="1358846789">
+  <w:num w:numId="31" w16cid:durableId="665942559">
+    <w:abstractNumId w:val="24"/>
+  </w:num>
+  <w:num w:numId="32" w16cid:durableId="1738626181">
+    <w:abstractNumId w:val="22"/>
+  </w:num>
+  <w:num w:numId="33" w16cid:durableId="256525944">
+    <w:abstractNumId w:val="17"/>
+  </w:num>
+  <w:num w:numId="34" w16cid:durableId="2085712743">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="520322681">
-    <w:abstractNumId w:val="2"/>
+  <w:num w:numId="35" w16cid:durableId="1057899753">
+    <w:abstractNumId w:val="34"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="424157429">
+  <w:num w:numId="36" w16cid:durableId="46993577">
+    <w:abstractNumId w:val="30"/>
+  </w:num>
+  <w:num w:numId="37" w16cid:durableId="427697928">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="38" w16cid:durableId="1825506112">
+    <w:abstractNumId w:val="27"/>
+  </w:num>
+  <w:num w:numId="39" w16cid:durableId="2028363516">
+    <w:abstractNumId w:val="21"/>
+  </w:num>
+  <w:num w:numId="40" w16cid:durableId="391000944">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="407575947">
-    <w:abstractNumId w:val="6"/>
+  <w:num w:numId="41" w16cid:durableId="1708943386">
+    <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="7" w16cid:durableId="1569533610">
-    <w:abstractNumId w:val="0"/>
+  <w:num w:numId="42" w16cid:durableId="216163808">
+    <w:abstractNumId w:val="33"/>
+  </w:num>
+  <w:num w:numId="43" w16cid:durableId="1483691076">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="44" w16cid:durableId="2102680313">
+    <w:abstractNumId w:val="46"/>
+  </w:num>
+  <w:num w:numId="45" w16cid:durableId="1327901049">
+    <w:abstractNumId w:val="23"/>
+  </w:num>
+  <w:num w:numId="46" w16cid:durableId="1628194404">
+    <w:abstractNumId w:val="35"/>
+  </w:num>
+  <w:num w:numId="47" w16cid:durableId="1892231794">
+    <w:abstractNumId w:val="43"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-  <w:zoom w:percent="140"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" fillcolor="white">
       <v:fill color="white"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:ulTrailSpace/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00C5184D"/>
     <w:rsid w:val="0000034F"/>
     <w:rsid w:val="000032BC"/>
     <w:rsid w:val="00003668"/>
     <w:rsid w:val="00010D6B"/>
     <w:rsid w:val="00045A08"/>
     <w:rsid w:val="00072985"/>
     <w:rsid w:val="00073549"/>
     <w:rsid w:val="000916C3"/>
     <w:rsid w:val="000A1D5E"/>
+    <w:rsid w:val="000E3CFA"/>
     <w:rsid w:val="000E5E4A"/>
     <w:rsid w:val="000F4A86"/>
+    <w:rsid w:val="00114B30"/>
+    <w:rsid w:val="00117DBB"/>
     <w:rsid w:val="00122DBD"/>
     <w:rsid w:val="00126F5D"/>
     <w:rsid w:val="001300E2"/>
     <w:rsid w:val="001323ED"/>
     <w:rsid w:val="001663AF"/>
+    <w:rsid w:val="00171C54"/>
     <w:rsid w:val="00183C26"/>
     <w:rsid w:val="00183CAA"/>
     <w:rsid w:val="001850E1"/>
     <w:rsid w:val="00193B53"/>
+    <w:rsid w:val="001A3E9F"/>
     <w:rsid w:val="001A4B15"/>
     <w:rsid w:val="001B0D80"/>
     <w:rsid w:val="001B453D"/>
     <w:rsid w:val="001C3847"/>
     <w:rsid w:val="001D6D8D"/>
+    <w:rsid w:val="001F0054"/>
+    <w:rsid w:val="00203C58"/>
     <w:rsid w:val="00247AFA"/>
     <w:rsid w:val="00254E52"/>
     <w:rsid w:val="00256C90"/>
+    <w:rsid w:val="00281D40"/>
     <w:rsid w:val="00282767"/>
     <w:rsid w:val="00290ABB"/>
     <w:rsid w:val="00295276"/>
     <w:rsid w:val="00296100"/>
     <w:rsid w:val="00297227"/>
+    <w:rsid w:val="002A3E03"/>
+    <w:rsid w:val="002A558A"/>
     <w:rsid w:val="002C528B"/>
     <w:rsid w:val="002D663B"/>
+    <w:rsid w:val="002D7919"/>
     <w:rsid w:val="002F3FEE"/>
     <w:rsid w:val="00307486"/>
     <w:rsid w:val="003149F8"/>
+    <w:rsid w:val="00321B71"/>
     <w:rsid w:val="003313C8"/>
     <w:rsid w:val="00331D28"/>
     <w:rsid w:val="00352D2D"/>
+    <w:rsid w:val="00367610"/>
     <w:rsid w:val="00381AE4"/>
     <w:rsid w:val="003903B5"/>
+    <w:rsid w:val="003904C1"/>
+    <w:rsid w:val="003905A7"/>
     <w:rsid w:val="00394E5C"/>
     <w:rsid w:val="003A57F0"/>
     <w:rsid w:val="003D75E3"/>
     <w:rsid w:val="00402393"/>
     <w:rsid w:val="00412D60"/>
+    <w:rsid w:val="00421B44"/>
     <w:rsid w:val="00424444"/>
     <w:rsid w:val="0043297B"/>
+    <w:rsid w:val="00436A79"/>
+    <w:rsid w:val="00472F58"/>
     <w:rsid w:val="004775B0"/>
     <w:rsid w:val="00496BAB"/>
+    <w:rsid w:val="00497A00"/>
     <w:rsid w:val="004A4D25"/>
     <w:rsid w:val="004C547A"/>
+    <w:rsid w:val="004D4805"/>
+    <w:rsid w:val="004E1BA3"/>
     <w:rsid w:val="00516B09"/>
+    <w:rsid w:val="00571B71"/>
     <w:rsid w:val="005802B9"/>
     <w:rsid w:val="005806F7"/>
+    <w:rsid w:val="00580977"/>
+    <w:rsid w:val="00586B86"/>
+    <w:rsid w:val="00593245"/>
     <w:rsid w:val="0059651B"/>
+    <w:rsid w:val="005C21B7"/>
+    <w:rsid w:val="005C4DB8"/>
     <w:rsid w:val="005E512C"/>
     <w:rsid w:val="00604F30"/>
     <w:rsid w:val="0061233B"/>
+    <w:rsid w:val="0064526E"/>
     <w:rsid w:val="00660EC9"/>
     <w:rsid w:val="00660FE1"/>
+    <w:rsid w:val="00661632"/>
     <w:rsid w:val="00686DDF"/>
     <w:rsid w:val="0069430A"/>
+    <w:rsid w:val="006A2701"/>
     <w:rsid w:val="006A3286"/>
+    <w:rsid w:val="006C5D52"/>
     <w:rsid w:val="006D5DEC"/>
     <w:rsid w:val="006E2DB8"/>
+    <w:rsid w:val="006F3C43"/>
     <w:rsid w:val="00701567"/>
     <w:rsid w:val="00707D03"/>
     <w:rsid w:val="007200EB"/>
+    <w:rsid w:val="007655DE"/>
     <w:rsid w:val="0076649F"/>
     <w:rsid w:val="007A4C05"/>
+    <w:rsid w:val="007B04D9"/>
     <w:rsid w:val="007E0D08"/>
     <w:rsid w:val="007E0E7A"/>
     <w:rsid w:val="007E2114"/>
     <w:rsid w:val="007E45E7"/>
     <w:rsid w:val="008167E2"/>
+    <w:rsid w:val="008234CD"/>
+    <w:rsid w:val="00834C75"/>
+    <w:rsid w:val="008422C1"/>
+    <w:rsid w:val="00854CE6"/>
+    <w:rsid w:val="00863DEA"/>
+    <w:rsid w:val="008959C5"/>
+    <w:rsid w:val="008A05EE"/>
     <w:rsid w:val="008A2DC9"/>
     <w:rsid w:val="008A6774"/>
     <w:rsid w:val="008B6580"/>
+    <w:rsid w:val="008C1723"/>
+    <w:rsid w:val="008F3ED7"/>
+    <w:rsid w:val="009104F7"/>
+    <w:rsid w:val="0091167A"/>
     <w:rsid w:val="00921EF3"/>
     <w:rsid w:val="009274B6"/>
     <w:rsid w:val="00933055"/>
     <w:rsid w:val="00960B63"/>
     <w:rsid w:val="00966839"/>
     <w:rsid w:val="00986953"/>
     <w:rsid w:val="00997A03"/>
     <w:rsid w:val="009A54DF"/>
+    <w:rsid w:val="009C307A"/>
     <w:rsid w:val="009D65E7"/>
     <w:rsid w:val="009E7CFF"/>
     <w:rsid w:val="00A04ED9"/>
+    <w:rsid w:val="00A3567F"/>
+    <w:rsid w:val="00A36AFC"/>
     <w:rsid w:val="00A64572"/>
     <w:rsid w:val="00A65ADB"/>
+    <w:rsid w:val="00A66B89"/>
+    <w:rsid w:val="00A849FB"/>
     <w:rsid w:val="00A9589D"/>
     <w:rsid w:val="00AA43A6"/>
     <w:rsid w:val="00AA494D"/>
     <w:rsid w:val="00AA68C0"/>
     <w:rsid w:val="00AD0B0E"/>
     <w:rsid w:val="00AD2AB8"/>
+    <w:rsid w:val="00B00E7A"/>
+    <w:rsid w:val="00B033FA"/>
+    <w:rsid w:val="00B03910"/>
     <w:rsid w:val="00B335BF"/>
     <w:rsid w:val="00B456EA"/>
     <w:rsid w:val="00B61562"/>
     <w:rsid w:val="00B75D6C"/>
+    <w:rsid w:val="00BB51B6"/>
     <w:rsid w:val="00BC363A"/>
+    <w:rsid w:val="00BD5683"/>
     <w:rsid w:val="00BD7A19"/>
     <w:rsid w:val="00BE7164"/>
+    <w:rsid w:val="00BF39E9"/>
     <w:rsid w:val="00C06C8E"/>
+    <w:rsid w:val="00C073B3"/>
     <w:rsid w:val="00C13D0A"/>
     <w:rsid w:val="00C5184D"/>
     <w:rsid w:val="00C71994"/>
+    <w:rsid w:val="00C737D1"/>
     <w:rsid w:val="00C8015B"/>
     <w:rsid w:val="00C96D41"/>
     <w:rsid w:val="00CD12C7"/>
+    <w:rsid w:val="00CD6F66"/>
     <w:rsid w:val="00CF5B80"/>
     <w:rsid w:val="00CF681B"/>
     <w:rsid w:val="00D03E29"/>
     <w:rsid w:val="00D1183E"/>
     <w:rsid w:val="00D16972"/>
+    <w:rsid w:val="00D360AC"/>
     <w:rsid w:val="00D4072A"/>
     <w:rsid w:val="00D45733"/>
     <w:rsid w:val="00D45BD3"/>
     <w:rsid w:val="00D64904"/>
     <w:rsid w:val="00DB10D5"/>
     <w:rsid w:val="00DD7188"/>
     <w:rsid w:val="00DD7D75"/>
+    <w:rsid w:val="00DF04FC"/>
     <w:rsid w:val="00DF41AB"/>
     <w:rsid w:val="00E0729E"/>
     <w:rsid w:val="00E145CB"/>
+    <w:rsid w:val="00E153FB"/>
     <w:rsid w:val="00E22D9D"/>
     <w:rsid w:val="00E3288A"/>
     <w:rsid w:val="00E332B1"/>
     <w:rsid w:val="00E332C6"/>
+    <w:rsid w:val="00E34E10"/>
+    <w:rsid w:val="00E46150"/>
+    <w:rsid w:val="00E52FDD"/>
     <w:rsid w:val="00E67410"/>
     <w:rsid w:val="00E869EB"/>
     <w:rsid w:val="00E94DE1"/>
+    <w:rsid w:val="00E967E2"/>
     <w:rsid w:val="00E97875"/>
     <w:rsid w:val="00EB3980"/>
     <w:rsid w:val="00EC16F7"/>
     <w:rsid w:val="00EC1FC9"/>
     <w:rsid w:val="00EC4B93"/>
     <w:rsid w:val="00ED649F"/>
+    <w:rsid w:val="00EE7415"/>
     <w:rsid w:val="00F11BCA"/>
+    <w:rsid w:val="00F120AF"/>
     <w:rsid w:val="00F25DB8"/>
+    <w:rsid w:val="00F2682B"/>
     <w:rsid w:val="00F517C6"/>
+    <w:rsid w:val="00F561C7"/>
     <w:rsid w:val="00F56942"/>
     <w:rsid w:val="00F64BA5"/>
     <w:rsid w:val="00F828D9"/>
+    <w:rsid w:val="00FB65D3"/>
+    <w:rsid w:val="00FB6B1C"/>
     <w:rsid w:val="00FC0389"/>
     <w:rsid w:val="00FC1DE6"/>
     <w:rsid w:val="00FF4D08"/>
     <w:rsid w:val="6F261FF0"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-MY" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" fillcolor="white">
       <v:fill color="white"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="0CAE5CC8"/>
   <w15:docId w15:val="{34351708-C99C-974D-B76C-288C4016F523}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:lang w:val="en-MY" w:eastAsia="en-MY" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -24446,51 +9909,50 @@
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="2770"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading3Char"/>
     <w:uiPriority w:val="9"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="244061" w:themeColor="accent1" w:themeShade="80"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
@@ -24650,51 +10112,50 @@
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:qFormat/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:lang w:bidi="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="UnresolvedMention1">
     <w:name w:val="Unresolved Mention1"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
     <w:name w:val="Heading 3 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading3"/>
     <w:uiPriority w:val="9"/>
-    <w:semiHidden/>
     <w:qFormat/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="244061" w:themeColor="accent1" w:themeShade="80"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:bidi="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="References">
     <w:name w:val="References"/>
     <w:basedOn w:val="NoSpacing"/>
     <w:qFormat/>
     <w:pPr>
       <w:widowControl/>
       <w:autoSpaceDE/>
       <w:autoSpaceDN/>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
       <w:ind w:left="567" w:hanging="567"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="ar-SA"/>
@@ -24844,59 +10305,134 @@
     <w:link w:val="BalloonTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00A65ADB"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
     <w:name w:val="Balloon Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00A65ADB"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:eastAsia="Arial" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="en-US"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:styleId="UnresolvedMention">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="0091167A"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="FollowedHyperlink">
+    <w:name w:val="FollowedHyperlink"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00863DEA"/>
+    <w:rPr>
+      <w:color w:val="800080" w:themeColor="followedHyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="p1">
+    <w:name w:val="p1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:rsid w:val="008C1723"/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:autoSpaceDE/>
+      <w:autoSpaceDN/>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="en-IQ" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="p2">
+    <w:name w:val="p2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:rsid w:val="00586B86"/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:autoSpaceDE/>
+      <w:autoSpaceDN/>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="en-IQ" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="p3">
+    <w:name w:val="p3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:rsid w:val="00586B86"/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:autoSpaceDE/>
+      <w:autoSpaceDN/>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="en-IQ" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du"/>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.microsoft.com/office/2007/relationships/hdphoto" Target="media/hdphoto1.wdp"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image16.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image24.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image15.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image23.png"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.microsoft.com/office/2007/relationships/hdphoto" Target="media/hdphoto2.wdp"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image19.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image14.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image22.png"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image13.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image18.png"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image21.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image12.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image17.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image20.png"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -25183,76 +10719,76 @@
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B1977F7D-205B-4081-913C-38D41E755F92}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://www.wps.cn/officeDocument/2013/wpsCustomData"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B6AE525A-7574-4B08-99BD-3AB7DFEDDD9E}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>15</Pages>
-[...1 lines deleted...]
-  <Characters>35568</Characters>
+  <Pages>4</Pages>
+  <Words>824</Words>
+  <Characters>4700</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>296</Lines>
-  <Paragraphs>83</Paragraphs>
+  <Lines>39</Lines>
+  <Paragraphs>11</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>MJFAS template</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>41725</CharactersWithSpaces>
+  <CharactersWithSpaces>5513</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>MJFAS template</dc:title>
   <dc:creator>Hadi Nur</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
     <vt:filetime>2018-06-04T10:00:00Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Creator">
     <vt:lpwstr>Arbortext Advanced Print Publisher 9.0.215/W Unicode</vt:lpwstr>